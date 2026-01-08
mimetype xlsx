--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -9,93 +9,100 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\შიდა ქართლი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\შიდა ქართლი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5902E40-7ACC-4497-B91D-9A874C22E56B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A697DA1-E43D-499A-BFD8-F4327EDE8F78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" tabRatio="747" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ლამი-მისაქ" sheetId="10" r:id="rId1"/>
     <sheet name="თელოვანი" sheetId="20" r:id="rId2"/>
     <sheet name="თელოვანი-2" sheetId="18" r:id="rId3"/>
     <sheet name="არაგვისპირის არხი" sheetId="26" r:id="rId4"/>
     <sheet name="ბულაჩაურის არხი" sheetId="24" r:id="rId5"/>
     <sheet name="ნარეკვავის არხი" sheetId="25" r:id="rId6"/>
     <sheet name="საგურამოს არხი" sheetId="27" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'არაგვისპირის არხი'!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'ბულაჩაურის არხი'!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'თელოვანი-2'!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'ნარეკვავის არხი'!$A$1:$AH$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J18" i="27" l="1"/>
+  <c r="AE18" i="10" l="1"/>
+  <c r="AD18" i="10"/>
+  <c r="AC18" i="10"/>
+  <c r="S18" i="10"/>
+  <c r="R18" i="10"/>
+  <c r="Q18" i="10"/>
+  <c r="L18" i="10"/>
+  <c r="J18" i="27"/>
   <c r="K18" i="27"/>
   <c r="L18" i="27"/>
   <c r="L27" i="27" s="1"/>
   <c r="L28" i="27" s="1"/>
   <c r="M18" i="27"/>
   <c r="N18" i="27"/>
   <c r="O18" i="27"/>
   <c r="P18" i="27"/>
   <c r="Q18" i="27"/>
   <c r="R18" i="27"/>
   <c r="S18" i="27"/>
   <c r="T18" i="27"/>
   <c r="U18" i="27"/>
   <c r="V18" i="27"/>
   <c r="W18" i="27"/>
   <c r="X18" i="27"/>
   <c r="Y18" i="27"/>
   <c r="Z18" i="27"/>
   <c r="AA18" i="27"/>
   <c r="AB18" i="27"/>
   <c r="AB27" i="27" s="1"/>
   <c r="AB28" i="27" s="1"/>
   <c r="AC18" i="27"/>
   <c r="AC27" i="27" s="1"/>
   <c r="AC28" i="27" s="1"/>
@@ -205,70 +212,63 @@
   <c r="K18" i="20"/>
   <c r="L18" i="20"/>
   <c r="M18" i="20"/>
   <c r="N18" i="20"/>
   <c r="O18" i="20"/>
   <c r="P18" i="20"/>
   <c r="Q18" i="20"/>
   <c r="R18" i="20"/>
   <c r="S18" i="20"/>
   <c r="T18" i="20"/>
   <c r="U18" i="20"/>
   <c r="V18" i="20"/>
   <c r="W18" i="20"/>
   <c r="X18" i="20"/>
   <c r="Y18" i="20"/>
   <c r="Z18" i="20"/>
   <c r="AA18" i="20"/>
   <c r="AB18" i="20"/>
   <c r="AC18" i="20"/>
   <c r="AD18" i="20"/>
   <c r="AE18" i="20"/>
   <c r="AF18" i="20"/>
   <c r="I18" i="20"/>
   <c r="J18" i="10"/>
   <c r="K18" i="10"/>
-  <c r="L18" i="10"/>
   <c r="M18" i="10"/>
   <c r="N18" i="10"/>
   <c r="O18" i="10"/>
   <c r="P18" i="10"/>
-  <c r="Q18" i="10"/>
-[...1 lines deleted...]
-  <c r="S18" i="10"/>
   <c r="T18" i="10"/>
   <c r="U18" i="10"/>
   <c r="V18" i="10"/>
   <c r="W18" i="10"/>
   <c r="X18" i="10"/>
   <c r="Y18" i="10"/>
   <c r="Z18" i="10"/>
   <c r="AA18" i="10"/>
   <c r="AB18" i="10"/>
-  <c r="AC18" i="10"/>
-[...1 lines deleted...]
-  <c r="AE18" i="10"/>
   <c r="AF18" i="10"/>
   <c r="I18" i="10"/>
   <c r="M27" i="27"/>
   <c r="M28" i="27" s="1"/>
   <c r="AE23" i="27"/>
   <c r="AC23" i="27"/>
   <c r="AA23" i="27"/>
   <c r="Y23" i="27"/>
   <c r="W23" i="27"/>
   <c r="V23" i="27"/>
   <c r="U23" i="27"/>
   <c r="S23" i="27"/>
   <c r="Q23" i="27"/>
   <c r="O23" i="27"/>
   <c r="M23" i="27"/>
   <c r="L23" i="27"/>
   <c r="K23" i="27"/>
   <c r="J23" i="27"/>
   <c r="I23" i="27"/>
   <c r="AF22" i="27"/>
   <c r="AD22" i="27"/>
   <c r="AB22" i="27"/>
   <c r="Z22" i="27"/>
   <c r="X22" i="27"/>
   <c r="V22" i="27"/>
@@ -3381,162 +3381,162 @@
     <xf numFmtId="2" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="7" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3814,278 +3814,278 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E02E150-728A-4EB8-A2F8-4ACB8EDEC8CA}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="C18" sqref="C18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="16.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="15.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="19" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="23" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="28" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="31" max="32" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="16.85546875" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="112" t="s">
+      <c r="A1" s="107" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="113"/>
-[...31 lines deleted...]
-      <c r="AH1" s="114"/>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="108"/>
+      <c r="G1" s="108"/>
+      <c r="H1" s="108"/>
+      <c r="I1" s="108"/>
+      <c r="J1" s="108"/>
+      <c r="K1" s="108"/>
+      <c r="L1" s="108"/>
+      <c r="M1" s="108"/>
+      <c r="N1" s="108"/>
+      <c r="O1" s="108"/>
+      <c r="P1" s="108"/>
+      <c r="Q1" s="108"/>
+      <c r="R1" s="108"/>
+      <c r="S1" s="108"/>
+      <c r="T1" s="108"/>
+      <c r="U1" s="108"/>
+      <c r="V1" s="108"/>
+      <c r="W1" s="108"/>
+      <c r="X1" s="108"/>
+      <c r="Y1" s="108"/>
+      <c r="Z1" s="108"/>
+      <c r="AA1" s="108"/>
+      <c r="AB1" s="108"/>
+      <c r="AC1" s="108"/>
+      <c r="AD1" s="108"/>
+      <c r="AE1" s="108"/>
+      <c r="AF1" s="108"/>
+      <c r="AG1" s="108"/>
+      <c r="AH1" s="109"/>
     </row>
     <row r="2" spans="1:34" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="115" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="117"/>
+      <c r="A2" s="110" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="111"/>
+      <c r="C2" s="111"/>
+      <c r="D2" s="111"/>
+      <c r="E2" s="111"/>
+      <c r="F2" s="111"/>
+      <c r="G2" s="111"/>
+      <c r="H2" s="111"/>
+      <c r="I2" s="111"/>
+      <c r="J2" s="111"/>
+      <c r="K2" s="111"/>
+      <c r="L2" s="111"/>
+      <c r="M2" s="111"/>
+      <c r="N2" s="111"/>
+      <c r="O2" s="111"/>
+      <c r="P2" s="111"/>
+      <c r="Q2" s="111"/>
+      <c r="R2" s="111"/>
+      <c r="S2" s="111"/>
+      <c r="T2" s="111"/>
+      <c r="U2" s="111"/>
+      <c r="V2" s="111"/>
+      <c r="W2" s="111"/>
+      <c r="X2" s="111"/>
+      <c r="Y2" s="111"/>
+      <c r="Z2" s="111"/>
+      <c r="AA2" s="111"/>
+      <c r="AB2" s="111"/>
+      <c r="AC2" s="111"/>
+      <c r="AD2" s="111"/>
+      <c r="AE2" s="111"/>
+      <c r="AF2" s="111"/>
+      <c r="AG2" s="111"/>
+      <c r="AH2" s="112"/>
     </row>
     <row r="3" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="112" t="s">
+      <c r="A3" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="113"/>
-[...31 lines deleted...]
-      <c r="AH3" s="114"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="108"/>
+      <c r="D3" s="108"/>
+      <c r="E3" s="108"/>
+      <c r="F3" s="108"/>
+      <c r="G3" s="108"/>
+      <c r="H3" s="108"/>
+      <c r="I3" s="108"/>
+      <c r="J3" s="108"/>
+      <c r="K3" s="108"/>
+      <c r="L3" s="108"/>
+      <c r="M3" s="108"/>
+      <c r="N3" s="108"/>
+      <c r="O3" s="108"/>
+      <c r="P3" s="108"/>
+      <c r="Q3" s="108"/>
+      <c r="R3" s="108"/>
+      <c r="S3" s="108"/>
+      <c r="T3" s="108"/>
+      <c r="U3" s="108"/>
+      <c r="V3" s="108"/>
+      <c r="W3" s="108"/>
+      <c r="X3" s="108"/>
+      <c r="Y3" s="108"/>
+      <c r="Z3" s="108"/>
+      <c r="AA3" s="108"/>
+      <c r="AB3" s="108"/>
+      <c r="AC3" s="108"/>
+      <c r="AD3" s="108"/>
+      <c r="AE3" s="108"/>
+      <c r="AF3" s="108"/>
+      <c r="AG3" s="108"/>
+      <c r="AH3" s="109"/>
     </row>
     <row r="4" spans="1:34" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="120"/>
-      <c r="M4" s="105" t="s">
+      <c r="L4" s="117"/>
+      <c r="M4" s="113" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="106"/>
-      <c r="O4" s="105" t="s">
+      <c r="N4" s="114"/>
+      <c r="O4" s="113" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="106"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="114"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>42</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -4986,200 +4986,200 @@
       <c r="AE16" s="76"/>
       <c r="AF16" s="77"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>28.32</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>39959.520000000004</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="92" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>4687375</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>4687375</v>
       </c>
       <c r="K18" s="86">
         <f t="shared" si="7"/>
         <v>4233775</v>
       </c>
       <c r="L18" s="86">
         <f t="shared" si="7"/>
         <v>4233775</v>
       </c>
       <c r="M18" s="86">
         <f t="shared" si="7"/>
-        <v>4687375</v>
+        <v>4687675</v>
       </c>
       <c r="N18" s="86">
         <f t="shared" si="7"/>
-        <v>4687375</v>
+        <v>4687675</v>
       </c>
       <c r="O18" s="86">
         <f t="shared" si="7"/>
-        <v>5105101.9000000004</v>
+        <v>5105401.9000000004</v>
       </c>
       <c r="P18" s="86">
         <f t="shared" si="7"/>
-        <v>4826540.0346666668</v>
+        <v>4826840.0346666668</v>
       </c>
       <c r="Q18" s="86">
         <f t="shared" si="7"/>
-        <v>5469504.4199999999</v>
+        <v>5469804.4199999999</v>
       </c>
       <c r="R18" s="86">
         <f t="shared" si="7"/>
-        <v>4972757.3069913583</v>
+        <v>4973057.3069913583</v>
       </c>
       <c r="S18" s="86">
         <f t="shared" si="7"/>
-        <v>3863575.39</v>
+        <v>3863875.39</v>
       </c>
       <c r="T18" s="86">
         <f t="shared" si="7"/>
-        <v>4159534.5546666668</v>
+        <v>4159834.5546666668</v>
       </c>
       <c r="U18" s="86">
         <f t="shared" si="7"/>
-        <v>3792281.93</v>
+        <v>3792581.93</v>
       </c>
       <c r="V18" s="86">
         <f t="shared" si="7"/>
-        <v>3717245.5466666669</v>
+        <v>3717545.5466666669</v>
       </c>
       <c r="W18" s="86">
         <f t="shared" si="7"/>
-        <v>4688796.1000000006</v>
+        <v>4689096.1000000006</v>
       </c>
       <c r="X18" s="86">
         <f t="shared" si="7"/>
-        <v>3348300</v>
+        <v>3348600</v>
       </c>
       <c r="Y18" s="86">
         <f t="shared" si="7"/>
-        <v>4214136.97</v>
+        <v>4214436.97</v>
       </c>
       <c r="Z18" s="86">
         <f t="shared" si="7"/>
-        <v>3240300</v>
+        <v>3240600</v>
       </c>
       <c r="AA18" s="86">
         <f t="shared" si="7"/>
-        <v>4698366.6900000004</v>
+        <v>4698666.6900000004</v>
       </c>
       <c r="AB18" s="86">
         <f t="shared" si="7"/>
-        <v>4687375</v>
+        <v>4687675</v>
       </c>
       <c r="AC18" s="86">
         <f t="shared" si="7"/>
-        <v>4536175</v>
+        <v>4536475</v>
       </c>
       <c r="AD18" s="86">
         <f t="shared" si="7"/>
-        <v>4536175</v>
+        <v>4536475</v>
       </c>
       <c r="AE18" s="86">
         <f t="shared" si="7"/>
         <v>4687375</v>
       </c>
       <c r="AF18" s="86">
         <f t="shared" si="7"/>
         <v>4687375</v>
       </c>
       <c r="AG18" s="86">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>4894.9899999999989</v>
       </c>
       <c r="AH18" s="85">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>106447965.84299135</v>
+        <v>106453365.84299135</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="40">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -5697,143 +5697,143 @@
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11">
         <v>3250</v>
       </c>
       <c r="T24" s="12">
         <v>3250</v>
       </c>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11">
         <v>175</v>
       </c>
       <c r="J25" s="12">
         <v>175</v>
       </c>
       <c r="K25" s="11">
         <v>175</v>
       </c>
       <c r="L25" s="12">
         <v>175</v>
       </c>
       <c r="M25" s="11">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="N25" s="12">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="O25" s="11">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="P25" s="12">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="Q25" s="11">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="R25" s="12">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="S25" s="11">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="T25" s="12">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="U25" s="11">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="V25" s="12">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="W25" s="11">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="X25" s="12">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="Y25" s="11">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="Z25" s="12">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="AA25" s="11">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="AB25" s="12">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="AC25" s="11">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="AD25" s="12">
-        <v>175</v>
+        <v>475</v>
       </c>
       <c r="AE25" s="11">
         <v>175</v>
       </c>
       <c r="AF25" s="12">
         <v>175</v>
       </c>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="97">
         <v>4687200</v>
       </c>
       <c r="J26" s="98">
         <v>4687200</v>
       </c>
       <c r="K26" s="97">
         <v>4233600</v>
       </c>
       <c r="L26" s="97">
@@ -5877,556 +5877,556 @@
       </c>
       <c r="Y26" s="97">
         <v>3240000</v>
       </c>
       <c r="Z26" s="97">
         <v>3240000</v>
       </c>
       <c r="AA26" s="97">
         <v>4687200</v>
       </c>
       <c r="AB26" s="97">
         <v>4687200</v>
       </c>
       <c r="AC26" s="97">
         <v>4536000</v>
       </c>
       <c r="AD26" s="97">
         <v>4536000</v>
       </c>
       <c r="AE26" s="97">
         <v>4687200</v>
       </c>
       <c r="AF26" s="97">
         <v>4687200</v>
       </c>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>8202526.8831316559</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>8202526.8831316559</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
         <v>7408763.5946837468</v>
       </c>
       <c r="L27" s="7">
         <f t="shared" si="20"/>
         <v>7408763.5946837468</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>8202526.8831316559</v>
+        <v>8203051.8588515287</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
-        <v>8202526.8831316559</v>
+        <v>8203051.8588515287</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
-        <v>8933515.1499243174</v>
+        <v>8934040.1256441902</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
-        <v>8446054.4306492507</v>
+        <v>8446579.4063691236</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>9571190.0674593803</v>
+        <v>9571715.0431792531</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
-        <v>8701922.8233042993</v>
+        <v>8702447.799024174</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>6760944.2388289552</v>
+        <v>6761469.2145488281</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>7278848.8239085618</v>
+        <v>7279373.7996284347</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>6636186.4538765093</v>
+        <v>6636711.4295963822</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>6504878.856019577</v>
+        <v>6505403.8317394499</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>8205013.6931166956</v>
+        <v>8205538.6688365685</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>5859254.0095020616</v>
+        <v>5859778.9852219345</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>7374398.631563291</v>
+        <v>7374923.6072831638</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>5670262.7503477968</v>
+        <v>5670787.7260676697</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>8221761.4510328909</v>
+        <v>8222286.4267527647</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>8202526.8831316559</v>
+        <v>8203051.8588515287</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>7937939.1203156859</v>
+        <v>7938464.0960355597</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>7937939.1203156859</v>
+        <v>7938464.0960355597</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
         <v>8202526.8831316559</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
         <v>8202526.8831316559</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>186275324.99145401</v>
+        <v>186284774.5544118</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="40">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="32"/>
       <c r="D28" s="32"/>
       <c r="E28" s="32"/>
       <c r="F28" s="32"/>
       <c r="G28" s="32"/>
       <c r="H28" s="32"/>
       <c r="I28" s="91">
         <f>I27/(15*86400)</f>
         <v>6.3291102493299816</v>
       </c>
       <c r="J28" s="59">
         <f>J27/(15*86400)</f>
         <v>6.3291102493299816</v>
       </c>
       <c r="K28" s="91">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
         <v>5.7166385761448666</v>
       </c>
       <c r="L28" s="59">
         <f t="shared" si="21"/>
         <v>5.7166385761448666</v>
       </c>
       <c r="M28" s="91">
         <f t="shared" si="21"/>
-        <v>6.3291102493299816</v>
+        <v>6.3295153231879082</v>
       </c>
       <c r="N28" s="59">
         <f t="shared" si="21"/>
-        <v>6.3291102493299816</v>
+        <v>6.3295153231879082</v>
       </c>
       <c r="O28" s="91">
         <f t="shared" si="21"/>
-        <v>6.8931444058058</v>
+        <v>6.8935494796637267</v>
       </c>
       <c r="P28" s="59">
         <f t="shared" si="21"/>
-        <v>6.5170173075997306</v>
+        <v>6.5174223814576573</v>
       </c>
       <c r="Q28" s="91">
         <f t="shared" si="21"/>
-        <v>7.385177521187793</v>
+        <v>7.3855825950457197</v>
       </c>
       <c r="R28" s="59">
         <f t="shared" si="21"/>
-        <v>6.7144466229199837</v>
+        <v>6.7148516967779122</v>
       </c>
       <c r="S28" s="91">
         <f t="shared" si="21"/>
-        <v>5.2167779620593793</v>
+        <v>5.2171830359173059</v>
       </c>
       <c r="T28" s="59">
         <f t="shared" si="21"/>
-        <v>5.6163956974603098</v>
+        <v>5.6168007713182364</v>
       </c>
       <c r="U28" s="91">
         <f t="shared" si="21"/>
-        <v>5.1205142391022447</v>
+        <v>5.1209193129601713</v>
       </c>
       <c r="V28" s="59">
         <f t="shared" si="21"/>
-        <v>5.0191966481632537</v>
+        <v>5.0196017220211804</v>
       </c>
       <c r="W28" s="91">
         <f t="shared" si="21"/>
-        <v>6.3310290841949808</v>
+        <v>6.3314341580529074</v>
       </c>
       <c r="X28" s="59">
         <f t="shared" si="21"/>
-        <v>4.521029328319492</v>
+        <v>4.5214344021774187</v>
       </c>
       <c r="Y28" s="91">
         <f t="shared" si="21"/>
-        <v>5.690122400897601</v>
+        <v>5.6905274747555277</v>
       </c>
       <c r="Z28" s="59">
         <f t="shared" si="21"/>
-        <v>4.3752027394658928</v>
+        <v>4.3756078133238194</v>
       </c>
       <c r="AA28" s="91">
         <f t="shared" si="21"/>
-        <v>6.3439517369080951</v>
+        <v>6.3443568107660218</v>
       </c>
       <c r="AB28" s="59">
         <f t="shared" si="21"/>
-        <v>6.3291102493299816</v>
+        <v>6.3295153231879082</v>
       </c>
       <c r="AC28" s="91">
         <f t="shared" si="21"/>
-        <v>6.1249530249349426</v>
+        <v>6.1253580987928702</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="21"/>
-        <v>6.1249530249349426</v>
+        <v>6.1253580987928702</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="21"/>
         <v>6.3291102493299816</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="21"/>
         <v>6.3291102493299816</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="O17:AA17"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="I17:N17"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="D4:D5"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
-    <mergeCell ref="AC4:AD4"/>
-[...10 lines deleted...]
-    <mergeCell ref="D4:D5"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C4A8160-DE6D-45E7-B158-7F23E8429C59}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="L25" sqref="L25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="32" width="13.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="12.140625" style="3" customWidth="1"/>
     <col min="34" max="34" width="18" style="3" customWidth="1"/>
     <col min="35" max="35" width="9.140625" style="1" customWidth="1"/>
     <col min="36" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="123"/>
-[...31 lines deleted...]
-      <c r="AH1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
+      <c r="M1" s="129"/>
+      <c r="N1" s="129"/>
+      <c r="O1" s="129"/>
+      <c r="P1" s="129"/>
+      <c r="Q1" s="129"/>
+      <c r="R1" s="129"/>
+      <c r="S1" s="129"/>
+      <c r="T1" s="129"/>
+      <c r="U1" s="129"/>
+      <c r="V1" s="129"/>
+      <c r="W1" s="129"/>
+      <c r="X1" s="129"/>
+      <c r="Y1" s="129"/>
+      <c r="Z1" s="129"/>
+      <c r="AA1" s="129"/>
+      <c r="AB1" s="129"/>
+      <c r="AC1" s="129"/>
+      <c r="AD1" s="129"/>
+      <c r="AE1" s="129"/>
+      <c r="AF1" s="129"/>
+      <c r="AG1" s="129"/>
+      <c r="AH1" s="130"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="115" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="117"/>
+      <c r="A2" s="110" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="111"/>
+      <c r="C2" s="111"/>
+      <c r="D2" s="111"/>
+      <c r="E2" s="111"/>
+      <c r="F2" s="111"/>
+      <c r="G2" s="111"/>
+      <c r="H2" s="111"/>
+      <c r="I2" s="111"/>
+      <c r="J2" s="111"/>
+      <c r="K2" s="111"/>
+      <c r="L2" s="111"/>
+      <c r="M2" s="111"/>
+      <c r="N2" s="111"/>
+      <c r="O2" s="111"/>
+      <c r="P2" s="111"/>
+      <c r="Q2" s="111"/>
+      <c r="R2" s="111"/>
+      <c r="S2" s="111"/>
+      <c r="T2" s="111"/>
+      <c r="U2" s="111"/>
+      <c r="V2" s="111"/>
+      <c r="W2" s="111"/>
+      <c r="X2" s="111"/>
+      <c r="Y2" s="111"/>
+      <c r="Z2" s="111"/>
+      <c r="AA2" s="111"/>
+      <c r="AB2" s="111"/>
+      <c r="AC2" s="111"/>
+      <c r="AD2" s="111"/>
+      <c r="AE2" s="111"/>
+      <c r="AF2" s="111"/>
+      <c r="AG2" s="111"/>
+      <c r="AH2" s="112"/>
     </row>
     <row r="3" spans="1:34" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="112" t="s">
+      <c r="A3" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="113"/>
-[...31 lines deleted...]
-      <c r="AH3" s="114"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="108"/>
+      <c r="D3" s="108"/>
+      <c r="E3" s="108"/>
+      <c r="F3" s="108"/>
+      <c r="G3" s="108"/>
+      <c r="H3" s="108"/>
+      <c r="I3" s="108"/>
+      <c r="J3" s="108"/>
+      <c r="K3" s="108"/>
+      <c r="L3" s="108"/>
+      <c r="M3" s="108"/>
+      <c r="N3" s="108"/>
+      <c r="O3" s="108"/>
+      <c r="P3" s="108"/>
+      <c r="Q3" s="108"/>
+      <c r="R3" s="108"/>
+      <c r="S3" s="108"/>
+      <c r="T3" s="108"/>
+      <c r="U3" s="108"/>
+      <c r="V3" s="108"/>
+      <c r="W3" s="108"/>
+      <c r="X3" s="108"/>
+      <c r="Y3" s="108"/>
+      <c r="Z3" s="108"/>
+      <c r="AA3" s="108"/>
+      <c r="AB3" s="108"/>
+      <c r="AC3" s="108"/>
+      <c r="AD3" s="108"/>
+      <c r="AE3" s="108"/>
+      <c r="AF3" s="108"/>
+      <c r="AG3" s="108"/>
+      <c r="AH3" s="109"/>
     </row>
     <row r="4" spans="1:34" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="120"/>
-      <c r="M4" s="105" t="s">
+      <c r="L4" s="117"/>
+      <c r="M4" s="113" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="106"/>
-      <c r="O4" s="105" t="s">
+      <c r="N4" s="114"/>
+      <c r="O4" s="113" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="106"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="114"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>42</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -7298,80 +7298,80 @@
       <c r="AE16" s="64"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>19.14</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>27006.540000000008</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="93" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>5100</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>5100</v>
       </c>
@@ -8005,54 +8005,54 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11">
         <v>5100</v>
       </c>
       <c r="J25" s="12">
         <v>5100</v>
       </c>
       <c r="K25" s="11">
         <v>5100</v>
       </c>
       <c r="L25" s="12">
@@ -8096,93 +8096,93 @@
       </c>
       <c r="Y25" s="11">
         <v>5100</v>
       </c>
       <c r="Z25" s="12">
         <v>5100</v>
       </c>
       <c r="AA25" s="11">
         <v>5100</v>
       </c>
       <c r="AB25" s="12">
         <v>5100</v>
       </c>
       <c r="AC25" s="11">
         <v>5100</v>
       </c>
       <c r="AD25" s="12">
         <v>5100</v>
       </c>
       <c r="AE25" s="11">
         <v>5100</v>
       </c>
       <c r="AF25" s="12">
         <v>5100</v>
       </c>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>8924.587237840251</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>8924.587237840251</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -8371,321 +8371,321 @@
       <c r="AB28" s="59">
         <f t="shared" si="21"/>
         <v>6.8862555847532796E-3</v>
       </c>
       <c r="AC28" s="91">
         <f t="shared" si="21"/>
         <v>6.8862555847532796E-3</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="21"/>
         <v>6.8862555847532796E-3</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="21"/>
         <v>6.8862555847532796E-3</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="21"/>
         <v>6.8862555847532796E-3</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="I17:N17"/>
+    <mergeCell ref="O17:AA17"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AG4:AH4"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="W4:X4"/>
-    <mergeCell ref="Y4:Z4"/>
-[...10 lines deleted...]
-    <mergeCell ref="M4:N4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1EE77B7-4041-4552-9D26-F7D5ABD957A5}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="L25" sqref="L25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="32" width="13.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="16.140625" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="123"/>
-[...31 lines deleted...]
-      <c r="AH1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
+      <c r="M1" s="129"/>
+      <c r="N1" s="129"/>
+      <c r="O1" s="129"/>
+      <c r="P1" s="129"/>
+      <c r="Q1" s="129"/>
+      <c r="R1" s="129"/>
+      <c r="S1" s="129"/>
+      <c r="T1" s="129"/>
+      <c r="U1" s="129"/>
+      <c r="V1" s="129"/>
+      <c r="W1" s="129"/>
+      <c r="X1" s="129"/>
+      <c r="Y1" s="129"/>
+      <c r="Z1" s="129"/>
+      <c r="AA1" s="129"/>
+      <c r="AB1" s="129"/>
+      <c r="AC1" s="129"/>
+      <c r="AD1" s="129"/>
+      <c r="AE1" s="129"/>
+      <c r="AF1" s="129"/>
+      <c r="AG1" s="129"/>
+      <c r="AH1" s="130"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="125" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="127"/>
+      <c r="A2" s="131" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+      <c r="S2" s="132"/>
+      <c r="T2" s="132"/>
+      <c r="U2" s="132"/>
+      <c r="V2" s="132"/>
+      <c r="W2" s="132"/>
+      <c r="X2" s="132"/>
+      <c r="Y2" s="132"/>
+      <c r="Z2" s="132"/>
+      <c r="AA2" s="132"/>
+      <c r="AB2" s="132"/>
+      <c r="AC2" s="132"/>
+      <c r="AD2" s="132"/>
+      <c r="AE2" s="132"/>
+      <c r="AF2" s="132"/>
+      <c r="AG2" s="132"/>
+      <c r="AH2" s="133"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="134" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="129"/>
-[...31 lines deleted...]
-      <c r="AH3" s="130"/>
+      <c r="B3" s="135"/>
+      <c r="C3" s="135"/>
+      <c r="D3" s="135"/>
+      <c r="E3" s="135"/>
+      <c r="F3" s="135"/>
+      <c r="G3" s="135"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="135"/>
+      <c r="J3" s="135"/>
+      <c r="K3" s="135"/>
+      <c r="L3" s="135"/>
+      <c r="M3" s="135"/>
+      <c r="N3" s="135"/>
+      <c r="O3" s="135"/>
+      <c r="P3" s="135"/>
+      <c r="Q3" s="135"/>
+      <c r="R3" s="135"/>
+      <c r="S3" s="135"/>
+      <c r="T3" s="135"/>
+      <c r="U3" s="135"/>
+      <c r="V3" s="135"/>
+      <c r="W3" s="135"/>
+      <c r="X3" s="135"/>
+      <c r="Y3" s="135"/>
+      <c r="Z3" s="135"/>
+      <c r="AA3" s="135"/>
+      <c r="AB3" s="135"/>
+      <c r="AC3" s="135"/>
+      <c r="AD3" s="135"/>
+      <c r="AE3" s="135"/>
+      <c r="AF3" s="135"/>
+      <c r="AG3" s="135"/>
+      <c r="AH3" s="136"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="119"/>
-      <c r="M4" s="118" t="s">
+      <c r="L4" s="116"/>
+      <c r="M4" s="115" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="119"/>
-      <c r="O4" s="118" t="s">
+      <c r="N4" s="116"/>
+      <c r="O4" s="115" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="119"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="116"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>39</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="36" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -9554,80 +9554,80 @@
       <c r="AE16" s="64"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>1.64</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>2314.04</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="93" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>8500</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AE18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>8500</v>
       </c>
@@ -10261,54 +10261,54 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11">
         <v>8500</v>
       </c>
       <c r="J25" s="12">
         <v>8500</v>
       </c>
       <c r="K25" s="11">
         <v>8500</v>
       </c>
       <c r="L25" s="12">
@@ -10352,93 +10352,93 @@
       </c>
       <c r="Y25" s="11">
         <v>8500</v>
       </c>
       <c r="Z25" s="12">
         <v>8500</v>
       </c>
       <c r="AA25" s="11">
         <v>8500</v>
       </c>
       <c r="AB25" s="12">
         <v>8500</v>
       </c>
       <c r="AC25" s="11">
         <v>8500</v>
       </c>
       <c r="AD25" s="12">
         <v>8500</v>
       </c>
       <c r="AE25" s="11">
         <v>8500</v>
       </c>
       <c r="AF25" s="12">
         <v>8500</v>
       </c>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>14874.312063067086</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>14874.312063067086</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="21">K18/K23</f>
@@ -10631,317 +10631,317 @@
       <c r="AC28" s="91">
         <f t="shared" si="22"/>
         <v>1.1477092641255467E-2</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="22"/>
         <v>1.1477092641255467E-2</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="22"/>
         <v>1.1477092641255467E-2</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="I17:N17"/>
+    <mergeCell ref="O17:AA17"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
-    <mergeCell ref="O4:P4"/>
-[...10 lines deleted...]
-    <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="32" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12A7537B-1A24-4AF8-AAB0-88DE26700628}">
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:AH1"/>
+      <selection activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="32" width="13.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>58</v>
       </c>
-      <c r="B1" s="123"/>
-[...31 lines deleted...]
-      <c r="AH1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
+      <c r="M1" s="129"/>
+      <c r="N1" s="129"/>
+      <c r="O1" s="129"/>
+      <c r="P1" s="129"/>
+      <c r="Q1" s="129"/>
+      <c r="R1" s="129"/>
+      <c r="S1" s="129"/>
+      <c r="T1" s="129"/>
+      <c r="U1" s="129"/>
+      <c r="V1" s="129"/>
+      <c r="W1" s="129"/>
+      <c r="X1" s="129"/>
+      <c r="Y1" s="129"/>
+      <c r="Z1" s="129"/>
+      <c r="AA1" s="129"/>
+      <c r="AB1" s="129"/>
+      <c r="AC1" s="129"/>
+      <c r="AD1" s="129"/>
+      <c r="AE1" s="129"/>
+      <c r="AF1" s="129"/>
+      <c r="AG1" s="129"/>
+      <c r="AH1" s="130"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="125" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="127"/>
+      <c r="A2" s="131" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+      <c r="S2" s="132"/>
+      <c r="T2" s="132"/>
+      <c r="U2" s="132"/>
+      <c r="V2" s="132"/>
+      <c r="W2" s="132"/>
+      <c r="X2" s="132"/>
+      <c r="Y2" s="132"/>
+      <c r="Z2" s="132"/>
+      <c r="AA2" s="132"/>
+      <c r="AB2" s="132"/>
+      <c r="AC2" s="132"/>
+      <c r="AD2" s="132"/>
+      <c r="AE2" s="132"/>
+      <c r="AF2" s="132"/>
+      <c r="AG2" s="132"/>
+      <c r="AH2" s="133"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="134" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="129"/>
-[...31 lines deleted...]
-      <c r="AH3" s="130"/>
+      <c r="B3" s="135"/>
+      <c r="C3" s="135"/>
+      <c r="D3" s="135"/>
+      <c r="E3" s="135"/>
+      <c r="F3" s="135"/>
+      <c r="G3" s="135"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="135"/>
+      <c r="J3" s="135"/>
+      <c r="K3" s="135"/>
+      <c r="L3" s="135"/>
+      <c r="M3" s="135"/>
+      <c r="N3" s="135"/>
+      <c r="O3" s="135"/>
+      <c r="P3" s="135"/>
+      <c r="Q3" s="135"/>
+      <c r="R3" s="135"/>
+      <c r="S3" s="135"/>
+      <c r="T3" s="135"/>
+      <c r="U3" s="135"/>
+      <c r="V3" s="135"/>
+      <c r="W3" s="135"/>
+      <c r="X3" s="135"/>
+      <c r="Y3" s="135"/>
+      <c r="Z3" s="135"/>
+      <c r="AA3" s="135"/>
+      <c r="AB3" s="135"/>
+      <c r="AC3" s="135"/>
+      <c r="AD3" s="135"/>
+      <c r="AE3" s="135"/>
+      <c r="AF3" s="135"/>
+      <c r="AG3" s="135"/>
+      <c r="AH3" s="136"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="119"/>
-      <c r="M4" s="118" t="s">
+      <c r="L4" s="116"/>
+      <c r="M4" s="115" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="119"/>
-      <c r="O4" s="118" t="s">
+      <c r="N4" s="116"/>
+      <c r="O4" s="115" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="119"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="116"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>39</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="36" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -11810,200 +11810,200 @@
       <c r="AE16" s="64"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>2.14</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>3019.5400000000004</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="93" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="K18" s="86">
         <f t="shared" si="7"/>
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="L18" s="86">
         <f t="shared" si="7"/>
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="M18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1031</v>
       </c>
       <c r="N18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1031</v>
       </c>
       <c r="O18" s="86">
         <f t="shared" si="7"/>
-        <v>1283.5</v>
+        <v>1356</v>
       </c>
       <c r="P18" s="86">
         <f t="shared" si="7"/>
-        <v>1283.5</v>
+        <v>1356</v>
       </c>
       <c r="Q18" s="86">
         <f t="shared" si="7"/>
-        <v>114946.00000000009</v>
+        <v>115018.50000000009</v>
       </c>
       <c r="R18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="S18" s="86">
         <f t="shared" si="7"/>
-        <v>114946.00000000009</v>
+        <v>115018.50000000009</v>
       </c>
       <c r="T18" s="86">
         <f t="shared" si="7"/>
-        <v>22592.939999999991</v>
+        <v>22665.439999999991</v>
       </c>
       <c r="U18" s="86">
         <f t="shared" si="7"/>
-        <v>138536.82000000007</v>
+        <v>138609.32000000007</v>
       </c>
       <c r="V18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="W18" s="86">
         <f t="shared" si="7"/>
-        <v>138536.82000000007</v>
+        <v>138609.32000000007</v>
       </c>
       <c r="X18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="Y18" s="86">
         <f t="shared" si="7"/>
-        <v>26569.399999999998</v>
+        <v>26636.899999999998</v>
       </c>
       <c r="Z18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AA18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AB18" s="86">
         <f t="shared" si="7"/>
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AC18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AD18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AE18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AF18" s="86">
         <f t="shared" si="7"/>
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AG18" s="86">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>425.12000000000023</v>
       </c>
       <c r="AH18" s="85">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>576148.98000000033</v>
+        <v>577843.98000000033</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="40">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="38" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="31"/>
       <c r="D19" s="31"/>
       <c r="E19" s="31"/>
       <c r="F19" s="31"/>
       <c r="G19" s="31"/>
       <c r="H19" s="31"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -12517,687 +12517,687 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11">
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="J25" s="12">
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="K25" s="11">
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="L25" s="12">
-        <v>868.5</v>
+        <v>941</v>
       </c>
       <c r="M25" s="11">
-        <v>958.5</v>
+        <v>1031</v>
       </c>
       <c r="N25" s="12">
-        <v>958.5</v>
+        <v>1031</v>
       </c>
       <c r="O25" s="11">
-        <v>1283.5</v>
+        <v>1356</v>
       </c>
       <c r="P25" s="12">
-        <v>1283.5</v>
+        <v>1356</v>
       </c>
       <c r="Q25" s="11">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="R25" s="12">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="S25" s="11">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="T25" s="12">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="U25" s="11">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="V25" s="12">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="W25" s="11">
-        <v>1371.5</v>
+        <v>1444</v>
       </c>
       <c r="X25" s="12">
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="Y25" s="11">
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="Z25" s="12">
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AA25" s="11">
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AB25" s="12">
-        <v>1371.5</v>
+        <v>1439</v>
       </c>
       <c r="AC25" s="11">
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AD25" s="12">
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AE25" s="11">
-        <v>958.5</v>
+        <v>1026</v>
       </c>
       <c r="AF25" s="12">
-        <v>958.5</v>
-[...2 lines deleted...]
-      <c r="AH25" s="134"/>
+        <v>1026</v>
+      </c>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
-        <v>1519.8047090322075</v>
+        <v>1646.6738413348385</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
-        <v>1519.8047090322075</v>
+        <v>1646.6738413348385</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>1519.8047090322075</v>
+        <v>1646.6738413348385</v>
       </c>
       <c r="L27" s="7">
         <f t="shared" si="20"/>
-        <v>1519.8047090322075</v>
+        <v>1646.6738413348385</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>1677.2974249940942</v>
+        <v>1804.1665572967252</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
-        <v>1677.2974249940942</v>
+        <v>1804.1665572967252</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
-        <v>2246.0211215231298</v>
+        <v>2372.8902538257607</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
-        <v>2246.0211215231298</v>
+        <v>2372.8902538257607</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>201146.19698838945</v>
+        <v>201273.06612069209</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2526.8831316551614</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>201146.19698838945</v>
+        <v>201273.06612069209</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>39535.816468488323</v>
+        <v>39662.685600790952</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>242428.22269470053</v>
+        <v>242555.09182700314</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2526.8831316551614</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>242428.22269470053</v>
+        <v>242555.09182700314</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2518.1335363239455</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>46494.299638641714</v>
+        <v>46612.419175613126</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2518.1335363239455</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2518.1335363239455</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>2400.0139993525304</v>
+        <v>2518.1335363239455</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>1677.2974249940942</v>
+        <v>1795.4169619655092</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>1677.2974249940942</v>
+        <v>1795.4169619655092</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>1677.2974249940942</v>
+        <v>1795.4169619655092</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
-        <v>1677.2974249940942</v>
+        <v>1795.4169619655092</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>1008214.0850985649</v>
+        <v>1011180.1979158468</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="40">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="39" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="32"/>
       <c r="D28" s="32"/>
       <c r="E28" s="32"/>
       <c r="F28" s="32"/>
       <c r="G28" s="32"/>
       <c r="H28" s="32"/>
       <c r="I28" s="91">
         <f>I27/(15*86400)</f>
-        <v>1.1726888186976909E-3</v>
+        <v>1.2705816676966345E-3</v>
       </c>
       <c r="J28" s="59">
         <f>J27/(15*86400)</f>
-        <v>1.1726888186976909E-3</v>
+        <v>1.2705816676966345E-3</v>
       </c>
       <c r="K28" s="91">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>1.1726888186976909E-3</v>
+        <v>1.2705816676966345E-3</v>
       </c>
       <c r="L28" s="59">
         <f t="shared" si="21"/>
-        <v>1.1726888186976909E-3</v>
+        <v>1.2705816676966345E-3</v>
       </c>
       <c r="M28" s="91">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3921038250746336E-3</v>
       </c>
       <c r="N28" s="59">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3921038250746336E-3</v>
       </c>
       <c r="O28" s="91">
         <f t="shared" si="21"/>
-        <v>1.7330409888295754E-3</v>
+        <v>1.8309338378285191E-3</v>
       </c>
       <c r="P28" s="59">
         <f t="shared" si="21"/>
-        <v>1.7330409888295754E-3</v>
+        <v>1.8309338378285191E-3</v>
       </c>
       <c r="Q28" s="91">
         <f t="shared" si="21"/>
-        <v>0.15520539891079432</v>
+        <v>0.15530329175979329</v>
       </c>
       <c r="R28" s="59">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9497555028203406E-3</v>
       </c>
       <c r="S28" s="91">
         <f t="shared" si="21"/>
-        <v>0.15520539891079432</v>
+        <v>0.15530329175979329</v>
       </c>
       <c r="T28" s="59">
         <f t="shared" si="21"/>
-        <v>3.0506031225685435E-2</v>
+        <v>3.0603924074684378E-2</v>
       </c>
       <c r="U28" s="91">
         <f t="shared" si="21"/>
-        <v>0.18705881380763931</v>
+        <v>0.18715670665663822</v>
       </c>
       <c r="V28" s="59">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9497555028203406E-3</v>
       </c>
       <c r="W28" s="91">
         <f t="shared" si="21"/>
-        <v>0.18705881380763931</v>
+        <v>0.18715670665663822</v>
       </c>
       <c r="X28" s="59">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9430042718548961E-3</v>
       </c>
       <c r="Y28" s="91">
         <f t="shared" si="21"/>
-        <v>3.5875231202655643E-2</v>
+        <v>3.5966372820689138E-2</v>
       </c>
       <c r="Z28" s="59">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9430042718548961E-3</v>
       </c>
       <c r="AA28" s="91">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9430042718548961E-3</v>
       </c>
       <c r="AB28" s="59">
         <f t="shared" si="21"/>
-        <v>1.8518626538213969E-3</v>
+        <v>1.9430042718548961E-3</v>
       </c>
       <c r="AC28" s="91">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3853525941091892E-3</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3853525941091892E-3</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3853525941091892E-3</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="21"/>
-        <v>1.29421097607569E-3</v>
+        <v>1.3853525941091892E-3</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="O17:AA17"/>
     <mergeCell ref="AB17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="37" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19066634-4681-46C3-8881-265042674EB9}">
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q25" sqref="Q25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="32" width="13.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>59</v>
       </c>
-      <c r="B1" s="123"/>
-[...31 lines deleted...]
-      <c r="AH1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
+      <c r="M1" s="129"/>
+      <c r="N1" s="129"/>
+      <c r="O1" s="129"/>
+      <c r="P1" s="129"/>
+      <c r="Q1" s="129"/>
+      <c r="R1" s="129"/>
+      <c r="S1" s="129"/>
+      <c r="T1" s="129"/>
+      <c r="U1" s="129"/>
+      <c r="V1" s="129"/>
+      <c r="W1" s="129"/>
+      <c r="X1" s="129"/>
+      <c r="Y1" s="129"/>
+      <c r="Z1" s="129"/>
+      <c r="AA1" s="129"/>
+      <c r="AB1" s="129"/>
+      <c r="AC1" s="129"/>
+      <c r="AD1" s="129"/>
+      <c r="AE1" s="129"/>
+      <c r="AF1" s="129"/>
+      <c r="AG1" s="129"/>
+      <c r="AH1" s="130"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="125" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="127"/>
+      <c r="A2" s="131" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+      <c r="S2" s="132"/>
+      <c r="T2" s="132"/>
+      <c r="U2" s="132"/>
+      <c r="V2" s="132"/>
+      <c r="W2" s="132"/>
+      <c r="X2" s="132"/>
+      <c r="Y2" s="132"/>
+      <c r="Z2" s="132"/>
+      <c r="AA2" s="132"/>
+      <c r="AB2" s="132"/>
+      <c r="AC2" s="132"/>
+      <c r="AD2" s="132"/>
+      <c r="AE2" s="132"/>
+      <c r="AF2" s="132"/>
+      <c r="AG2" s="132"/>
+      <c r="AH2" s="133"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="134" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="129"/>
-[...31 lines deleted...]
-      <c r="AH3" s="130"/>
+      <c r="B3" s="135"/>
+      <c r="C3" s="135"/>
+      <c r="D3" s="135"/>
+      <c r="E3" s="135"/>
+      <c r="F3" s="135"/>
+      <c r="G3" s="135"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="135"/>
+      <c r="J3" s="135"/>
+      <c r="K3" s="135"/>
+      <c r="L3" s="135"/>
+      <c r="M3" s="135"/>
+      <c r="N3" s="135"/>
+      <c r="O3" s="135"/>
+      <c r="P3" s="135"/>
+      <c r="Q3" s="135"/>
+      <c r="R3" s="135"/>
+      <c r="S3" s="135"/>
+      <c r="T3" s="135"/>
+      <c r="U3" s="135"/>
+      <c r="V3" s="135"/>
+      <c r="W3" s="135"/>
+      <c r="X3" s="135"/>
+      <c r="Y3" s="135"/>
+      <c r="Z3" s="135"/>
+      <c r="AA3" s="135"/>
+      <c r="AB3" s="135"/>
+      <c r="AC3" s="135"/>
+      <c r="AD3" s="135"/>
+      <c r="AE3" s="135"/>
+      <c r="AF3" s="135"/>
+      <c r="AG3" s="135"/>
+      <c r="AH3" s="136"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="119"/>
-      <c r="M4" s="118" t="s">
+      <c r="L4" s="116"/>
+      <c r="M4" s="115" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="119"/>
-      <c r="O4" s="118" t="s">
+      <c r="N4" s="116"/>
+      <c r="O4" s="115" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="119"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="116"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>39</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="36" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -14062,80 +14062,80 @@
       <c r="AE16" s="64"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>1.06</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>1495.6600000000003</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="93" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -14769,136 +14769,136 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -15091,317 +15091,317 @@
       <c r="AC28" s="91">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="O17:AA17"/>
     <mergeCell ref="AB17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5AF6560-C7D5-43B8-BFA9-644C176335D4}">
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="32" width="13.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="16.42578125" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="123"/>
-[...31 lines deleted...]
-      <c r="AH1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="129"/>
+      <c r="F1" s="129"/>
+      <c r="G1" s="129"/>
+      <c r="H1" s="129"/>
+      <c r="I1" s="129"/>
+      <c r="J1" s="129"/>
+      <c r="K1" s="129"/>
+      <c r="L1" s="129"/>
+      <c r="M1" s="129"/>
+      <c r="N1" s="129"/>
+      <c r="O1" s="129"/>
+      <c r="P1" s="129"/>
+      <c r="Q1" s="129"/>
+      <c r="R1" s="129"/>
+      <c r="S1" s="129"/>
+      <c r="T1" s="129"/>
+      <c r="U1" s="129"/>
+      <c r="V1" s="129"/>
+      <c r="W1" s="129"/>
+      <c r="X1" s="129"/>
+      <c r="Y1" s="129"/>
+      <c r="Z1" s="129"/>
+      <c r="AA1" s="129"/>
+      <c r="AB1" s="129"/>
+      <c r="AC1" s="129"/>
+      <c r="AD1" s="129"/>
+      <c r="AE1" s="129"/>
+      <c r="AF1" s="129"/>
+      <c r="AG1" s="129"/>
+      <c r="AH1" s="130"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="125" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="127"/>
+      <c r="A2" s="131" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="132"/>
+      <c r="C2" s="132"/>
+      <c r="D2" s="132"/>
+      <c r="E2" s="132"/>
+      <c r="F2" s="132"/>
+      <c r="G2" s="132"/>
+      <c r="H2" s="132"/>
+      <c r="I2" s="132"/>
+      <c r="J2" s="132"/>
+      <c r="K2" s="132"/>
+      <c r="L2" s="132"/>
+      <c r="M2" s="132"/>
+      <c r="N2" s="132"/>
+      <c r="O2" s="132"/>
+      <c r="P2" s="132"/>
+      <c r="Q2" s="132"/>
+      <c r="R2" s="132"/>
+      <c r="S2" s="132"/>
+      <c r="T2" s="132"/>
+      <c r="U2" s="132"/>
+      <c r="V2" s="132"/>
+      <c r="W2" s="132"/>
+      <c r="X2" s="132"/>
+      <c r="Y2" s="132"/>
+      <c r="Z2" s="132"/>
+      <c r="AA2" s="132"/>
+      <c r="AB2" s="132"/>
+      <c r="AC2" s="132"/>
+      <c r="AD2" s="132"/>
+      <c r="AE2" s="132"/>
+      <c r="AF2" s="132"/>
+      <c r="AG2" s="132"/>
+      <c r="AH2" s="133"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="134" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="129"/>
-[...31 lines deleted...]
-      <c r="AH3" s="130"/>
+      <c r="B3" s="135"/>
+      <c r="C3" s="135"/>
+      <c r="D3" s="135"/>
+      <c r="E3" s="135"/>
+      <c r="F3" s="135"/>
+      <c r="G3" s="135"/>
+      <c r="H3" s="135"/>
+      <c r="I3" s="135"/>
+      <c r="J3" s="135"/>
+      <c r="K3" s="135"/>
+      <c r="L3" s="135"/>
+      <c r="M3" s="135"/>
+      <c r="N3" s="135"/>
+      <c r="O3" s="135"/>
+      <c r="P3" s="135"/>
+      <c r="Q3" s="135"/>
+      <c r="R3" s="135"/>
+      <c r="S3" s="135"/>
+      <c r="T3" s="135"/>
+      <c r="U3" s="135"/>
+      <c r="V3" s="135"/>
+      <c r="W3" s="135"/>
+      <c r="X3" s="135"/>
+      <c r="Y3" s="135"/>
+      <c r="Z3" s="135"/>
+      <c r="AA3" s="135"/>
+      <c r="AB3" s="135"/>
+      <c r="AC3" s="135"/>
+      <c r="AD3" s="135"/>
+      <c r="AE3" s="135"/>
+      <c r="AF3" s="135"/>
+      <c r="AG3" s="135"/>
+      <c r="AH3" s="136"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="119"/>
-      <c r="M4" s="118" t="s">
+      <c r="L4" s="116"/>
+      <c r="M4" s="115" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="119"/>
-      <c r="O4" s="118" t="s">
+      <c r="N4" s="116"/>
+      <c r="O4" s="115" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="119"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="116"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>39</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="36" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -16272,80 +16272,80 @@
       <c r="AE16" s="64"/>
       <c r="AF16" s="65"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>5.92</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>8353.1200000000008</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="93" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AE18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -16979,136 +16979,136 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="21">K18/K23</f>
@@ -17301,321 +17301,321 @@
       <c r="AC28" s="91">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:N17"/>
     <mergeCell ref="O17:AA17"/>
     <mergeCell ref="AB17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="36" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2BA00F1E-5A95-46A3-9114-2466EDCC2699}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="55" zoomScaleNormal="90" zoomScaleSheetLayoutView="55" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="14.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="15" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="16.85546875" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="112" t="s">
+      <c r="A1" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="B1" s="113"/>
-[...31 lines deleted...]
-      <c r="AH1" s="114"/>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="108"/>
+      <c r="G1" s="108"/>
+      <c r="H1" s="108"/>
+      <c r="I1" s="108"/>
+      <c r="J1" s="108"/>
+      <c r="K1" s="108"/>
+      <c r="L1" s="108"/>
+      <c r="M1" s="108"/>
+      <c r="N1" s="108"/>
+      <c r="O1" s="108"/>
+      <c r="P1" s="108"/>
+      <c r="Q1" s="108"/>
+      <c r="R1" s="108"/>
+      <c r="S1" s="108"/>
+      <c r="T1" s="108"/>
+      <c r="U1" s="108"/>
+      <c r="V1" s="108"/>
+      <c r="W1" s="108"/>
+      <c r="X1" s="108"/>
+      <c r="Y1" s="108"/>
+      <c r="Z1" s="108"/>
+      <c r="AA1" s="108"/>
+      <c r="AB1" s="108"/>
+      <c r="AC1" s="108"/>
+      <c r="AD1" s="108"/>
+      <c r="AE1" s="108"/>
+      <c r="AF1" s="108"/>
+      <c r="AG1" s="108"/>
+      <c r="AH1" s="109"/>
     </row>
     <row r="2" spans="1:34" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="115" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="117"/>
+      <c r="A2" s="110" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="111"/>
+      <c r="C2" s="111"/>
+      <c r="D2" s="111"/>
+      <c r="E2" s="111"/>
+      <c r="F2" s="111"/>
+      <c r="G2" s="111"/>
+      <c r="H2" s="111"/>
+      <c r="I2" s="111"/>
+      <c r="J2" s="111"/>
+      <c r="K2" s="111"/>
+      <c r="L2" s="111"/>
+      <c r="M2" s="111"/>
+      <c r="N2" s="111"/>
+      <c r="O2" s="111"/>
+      <c r="P2" s="111"/>
+      <c r="Q2" s="111"/>
+      <c r="R2" s="111"/>
+      <c r="S2" s="111"/>
+      <c r="T2" s="111"/>
+      <c r="U2" s="111"/>
+      <c r="V2" s="111"/>
+      <c r="W2" s="111"/>
+      <c r="X2" s="111"/>
+      <c r="Y2" s="111"/>
+      <c r="Z2" s="111"/>
+      <c r="AA2" s="111"/>
+      <c r="AB2" s="111"/>
+      <c r="AC2" s="111"/>
+      <c r="AD2" s="111"/>
+      <c r="AE2" s="111"/>
+      <c r="AF2" s="111"/>
+      <c r="AG2" s="111"/>
+      <c r="AH2" s="112"/>
     </row>
     <row r="3" spans="1:34" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="112" t="s">
+      <c r="A3" s="107" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="113"/>
-[...31 lines deleted...]
-      <c r="AH3" s="114"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="108"/>
+      <c r="D3" s="108"/>
+      <c r="E3" s="108"/>
+      <c r="F3" s="108"/>
+      <c r="G3" s="108"/>
+      <c r="H3" s="108"/>
+      <c r="I3" s="108"/>
+      <c r="J3" s="108"/>
+      <c r="K3" s="108"/>
+      <c r="L3" s="108"/>
+      <c r="M3" s="108"/>
+      <c r="N3" s="108"/>
+      <c r="O3" s="108"/>
+      <c r="P3" s="108"/>
+      <c r="Q3" s="108"/>
+      <c r="R3" s="108"/>
+      <c r="S3" s="108"/>
+      <c r="T3" s="108"/>
+      <c r="U3" s="108"/>
+      <c r="V3" s="108"/>
+      <c r="W3" s="108"/>
+      <c r="X3" s="108"/>
+      <c r="Y3" s="108"/>
+      <c r="Z3" s="108"/>
+      <c r="AA3" s="108"/>
+      <c r="AB3" s="108"/>
+      <c r="AC3" s="108"/>
+      <c r="AD3" s="108"/>
+      <c r="AE3" s="108"/>
+      <c r="AF3" s="108"/>
+      <c r="AG3" s="108"/>
+      <c r="AH3" s="109"/>
     </row>
     <row r="4" spans="1:34" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="103" t="s">
+      <c r="A4" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="107" t="s">
+      <c r="B4" s="127" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="107" t="s">
+      <c r="C4" s="127" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="109" t="s">
+      <c r="D4" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="109" t="s">
+      <c r="E4" s="118" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="109" t="s">
+      <c r="F4" s="118" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="109" t="s">
+      <c r="G4" s="118" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="109" t="s">
+      <c r="H4" s="118" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="118" t="s">
+      <c r="I4" s="115" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="119"/>
-      <c r="K4" s="118" t="s">
+      <c r="J4" s="116"/>
+      <c r="K4" s="115" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="120"/>
-      <c r="M4" s="105" t="s">
+      <c r="L4" s="117"/>
+      <c r="M4" s="113" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="106"/>
-      <c r="O4" s="105" t="s">
+      <c r="N4" s="114"/>
+      <c r="O4" s="113" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="106"/>
-      <c r="Q4" s="105" t="s">
+      <c r="P4" s="114"/>
+      <c r="Q4" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="106"/>
-      <c r="S4" s="105" t="s">
+      <c r="R4" s="114"/>
+      <c r="S4" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="106"/>
-      <c r="U4" s="105" t="s">
+      <c r="T4" s="114"/>
+      <c r="U4" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="106"/>
-      <c r="W4" s="105" t="s">
+      <c r="V4" s="114"/>
+      <c r="W4" s="113" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="106"/>
-      <c r="Y4" s="105" t="s">
+      <c r="X4" s="114"/>
+      <c r="Y4" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="106"/>
-      <c r="AA4" s="105" t="s">
+      <c r="Z4" s="114"/>
+      <c r="AA4" s="113" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="106"/>
-      <c r="AC4" s="105" t="s">
+      <c r="AB4" s="114"/>
+      <c r="AC4" s="113" t="s">
         <v>42</v>
       </c>
-      <c r="AD4" s="106"/>
-      <c r="AE4" s="105" t="s">
+      <c r="AD4" s="114"/>
+      <c r="AE4" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="106"/>
-      <c r="AG4" s="110" t="s">
+      <c r="AF4" s="114"/>
+      <c r="AG4" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="111"/>
+      <c r="AH4" s="106"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="104"/>
-[...6 lines deleted...]
-      <c r="H5" s="121"/>
+      <c r="A5" s="126"/>
+      <c r="B5" s="119"/>
+      <c r="C5" s="119"/>
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="120"/>
+      <c r="G5" s="119"/>
+      <c r="H5" s="120"/>
       <c r="I5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="37" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="34" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="35" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="34" t="s">
@@ -18510,80 +18510,80 @@
       <c r="AE16" s="76"/>
       <c r="AF16" s="77"/>
       <c r="AG16" s="88">
         <f>F16*H16</f>
         <v>1.35</v>
       </c>
       <c r="AH16" s="84">
         <f t="shared" si="6"/>
         <v>1904.8500000000001</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="42" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
       <c r="F17" s="31"/>
       <c r="G17" s="31"/>
       <c r="H17" s="31"/>
-      <c r="I17" s="102" t="s">
+      <c r="I17" s="124" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="100"/>
-[...4 lines deleted...]
-      <c r="O17" s="99" t="s">
+      <c r="J17" s="122"/>
+      <c r="K17" s="122"/>
+      <c r="L17" s="122"/>
+      <c r="M17" s="122"/>
+      <c r="N17" s="122"/>
+      <c r="O17" s="121" t="s">
         <v>50</v>
       </c>
-      <c r="P17" s="99"/>
-[...11 lines deleted...]
-      <c r="AB17" s="100" t="s">
+      <c r="P17" s="121"/>
+      <c r="Q17" s="121"/>
+      <c r="R17" s="121"/>
+      <c r="S17" s="121"/>
+      <c r="T17" s="121"/>
+      <c r="U17" s="121"/>
+      <c r="V17" s="121"/>
+      <c r="W17" s="121"/>
+      <c r="X17" s="121"/>
+      <c r="Y17" s="121"/>
+      <c r="Z17" s="121"/>
+      <c r="AA17" s="121"/>
+      <c r="AB17" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="AC17" s="100"/>
-[...2 lines deleted...]
-      <c r="AF17" s="101"/>
+      <c r="AC17" s="122"/>
+      <c r="AD17" s="122"/>
+      <c r="AE17" s="122"/>
+      <c r="AF17" s="123"/>
       <c r="AG17" s="94"/>
       <c r="AH17" s="95"/>
     </row>
     <row r="18" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="92" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="28"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="79"/>
       <c r="I18" s="86">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>669600</v>
       </c>
       <c r="J18" s="86">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>669600</v>
       </c>
@@ -19217,95 +19217,95 @@
       <c r="H24" s="31"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="131" t="s">
+      <c r="AG24" s="99" t="s">
         <v>54</v>
       </c>
-      <c r="AH24" s="132"/>
+      <c r="AH24" s="100"/>
     </row>
     <row r="25" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="40">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="31"/>
       <c r="D25" s="31"/>
       <c r="E25" s="31"/>
       <c r="F25" s="31"/>
       <c r="G25" s="31"/>
       <c r="H25" s="31"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="133"/>
-      <c r="AH25" s="134"/>
+      <c r="AG25" s="101"/>
+      <c r="AH25" s="102"/>
     </row>
     <row r="26" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="40">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="31"/>
       <c r="D26" s="31"/>
       <c r="E26" s="31"/>
       <c r="F26" s="31"/>
       <c r="G26" s="31"/>
       <c r="H26" s="31"/>
       <c r="I26" s="97">
         <v>669600</v>
       </c>
       <c r="J26" s="97">
         <v>669600</v>
       </c>
       <c r="K26" s="97">
         <v>967680</v>
       </c>
       <c r="L26" s="97">
@@ -19341,52 +19341,52 @@
       <c r="X26" s="98"/>
       <c r="Y26" s="97">
         <v>648000</v>
       </c>
       <c r="Z26" s="98">
         <v>648000</v>
       </c>
       <c r="AA26" s="97">
         <v>669600</v>
       </c>
       <c r="AB26" s="98">
         <v>669600</v>
       </c>
       <c r="AC26" s="97">
         <v>648000</v>
       </c>
       <c r="AD26" s="98">
         <v>648000</v>
       </c>
       <c r="AE26" s="97">
         <v>535680</v>
       </c>
       <c r="AF26" s="98">
         <v>535680</v>
       </c>
-      <c r="AG26" s="135"/>
-      <c r="AH26" s="136"/>
+      <c r="AG26" s="103"/>
+      <c r="AH26" s="104"/>
     </row>
     <row r="27" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="40">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="31"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>1171745.8067564378</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>1171745.8067564378</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -19575,78 +19575,78 @@
       <c r="AB28" s="59">
         <f t="shared" si="21"/>
         <v>0.90412485089231309</v>
       </c>
       <c r="AC28" s="91">
         <f t="shared" si="21"/>
         <v>0.87495953312159336</v>
       </c>
       <c r="AD28" s="59">
         <f t="shared" si="21"/>
         <v>0.87495953312159336</v>
       </c>
       <c r="AE28" s="91">
         <f t="shared" si="21"/>
         <v>0.72329988071385043</v>
       </c>
       <c r="AF28" s="59">
         <f t="shared" si="21"/>
         <v>0.72329988071385043</v>
       </c>
       <c r="AG28" s="91"/>
       <c r="AH28" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="I17:N17"/>
+    <mergeCell ref="O17:AA17"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="AG4:AH4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="Q4:R4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
-    <mergeCell ref="I17:N17"/>
-[...10 lines deleted...]
-    <mergeCell ref="Q4:R4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="29" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>