--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -4,56 +4,56 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\ქვემო ქართლი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\ქვემო ქართლი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1410A7B4-8FFC-40C9-9645-EE40A177E737}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5BD764B-1BB9-4408-95E0-95D14A265F26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ზემო მაგისტრალური" sheetId="7" r:id="rId1"/>
     <sheet name="ქვემო მაგისტრალური" sheetId="6" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -448,76 +448,76 @@
   <c r="N6" i="6" s="1"/>
   <c r="O6" i="6" s="1"/>
   <c r="P6" i="6" s="1"/>
   <c r="Q6" i="6" s="1"/>
   <c r="R6" i="6" s="1"/>
   <c r="S6" i="6" s="1"/>
   <c r="T6" i="6" s="1"/>
   <c r="U6" i="6" s="1"/>
   <c r="V6" i="6" s="1"/>
   <c r="W6" i="6" s="1"/>
   <c r="X6" i="6" s="1"/>
   <c r="Y6" i="6" s="1"/>
   <c r="Z6" i="6" s="1"/>
   <c r="AA6" i="6" s="1"/>
   <c r="AB6" i="6" s="1"/>
   <c r="AC6" i="6" s="1"/>
   <c r="AD6" i="6" s="1"/>
   <c r="AE6" i="6" s="1"/>
   <c r="AF6" i="6" s="1"/>
   <c r="AG6" i="6" s="1"/>
   <c r="AH6" i="6" s="1"/>
   <c r="W18" i="7" l="1"/>
   <c r="W27" i="7" s="1"/>
   <c r="W28" i="7" s="1"/>
   <c r="V18" i="7"/>
+  <c r="V27" i="7" s="1"/>
+  <c r="V28" i="7" s="1"/>
   <c r="U18" i="7"/>
+  <c r="U27" i="7" s="1"/>
+  <c r="U28" i="7" s="1"/>
   <c r="R18" i="7"/>
   <c r="R27" i="7" s="1"/>
   <c r="R28" i="7" s="1"/>
   <c r="T18" i="7"/>
   <c r="T27" i="7" s="1"/>
   <c r="T28" i="7" s="1"/>
   <c r="X18" i="7"/>
   <c r="L23" i="6"/>
   <c r="L27" i="6" s="1"/>
   <c r="L28" i="6" s="1"/>
   <c r="S27" i="7"/>
   <c r="S28" i="7" s="1"/>
   <c r="P27" i="7"/>
   <c r="P28" i="7" s="1"/>
   <c r="X27" i="7"/>
   <c r="X28" i="7" s="1"/>
   <c r="O27" i="7"/>
   <c r="O28" i="7" s="1"/>
   <c r="T23" i="6"/>
   <c r="Z27" i="7"/>
   <c r="Z28" i="7" s="1"/>
-  <c r="V27" i="7"/>
-[...2 lines deleted...]
-  <c r="U28" i="7" s="1"/>
   <c r="Y27" i="7"/>
   <c r="Y28" i="7" s="1"/>
   <c r="R23" i="6"/>
   <c r="X23" i="6"/>
   <c r="P23" i="6"/>
   <c r="AB23" i="6"/>
   <c r="AB27" i="6" s="1"/>
   <c r="AB28" i="6" s="1"/>
   <c r="AH14" i="7"/>
   <c r="AH12" i="7"/>
   <c r="AH16" i="7"/>
   <c r="AH10" i="7"/>
   <c r="AH11" i="7"/>
   <c r="AH7" i="7"/>
   <c r="AH15" i="7"/>
   <c r="AH8" i="7"/>
   <c r="AH9" i="7"/>
   <c r="AH13" i="7"/>
   <c r="K27" i="6"/>
   <c r="K28" i="6" s="1"/>
   <c r="AG18" i="6"/>
   <c r="AF23" i="6"/>
   <c r="AF27" i="6" s="1"/>
   <c r="AF28" i="6" s="1"/>
   <c r="AA27" i="6"/>
@@ -925,57 +925,57 @@
     <r>
       <t xml:space="preserve">ჰესის წყლის ნეტო </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
-[...1 lines deleted...]
-  <si>
     <t>ზემო მაგისტრალის არხი</t>
   </si>
   <si>
     <t>ქვემო მაგისტრალის არხი</t>
+  </si>
+  <si>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -1853,145 +1853,145 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="39" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2244,83 +2244,83 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BB80749-229A-4B62-BDA1-1AA17F9811A8}">
   <dimension ref="A1:AH34"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="I25" sqref="I25:AF25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="12.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="18" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="19.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="16.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="19.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="26" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="17.7109375" style="1" customWidth="1"/>
     <col min="28" max="30" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="31" max="32" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="25.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="21.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
       <c r="A1" s="87" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
       <c r="I1" s="88"/>
       <c r="J1" s="88"/>
       <c r="K1" s="88"/>
       <c r="L1" s="88"/>
       <c r="M1" s="88"/>
       <c r="N1" s="88"/>
       <c r="O1" s="88"/>
       <c r="P1" s="88"/>
       <c r="Q1" s="88"/>
       <c r="R1" s="88"/>
       <c r="S1" s="88"/>
       <c r="T1" s="88"/>
       <c r="U1" s="88"/>
       <c r="V1" s="88"/>
       <c r="W1" s="88"/>
       <c r="X1" s="88"/>
       <c r="Y1" s="88"/>
@@ -2421,94 +2421,94 @@
         <v>3</v>
       </c>
       <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
       <c r="I4" s="102" t="s">
         <v>40</v>
       </c>
       <c r="J4" s="103"/>
       <c r="K4" s="102" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="104"/>
-      <c r="M4" s="85" t="s">
+      <c r="M4" s="105" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="86"/>
-      <c r="O4" s="85" t="s">
+      <c r="N4" s="106"/>
+      <c r="O4" s="105" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="86"/>
-      <c r="Q4" s="85" t="s">
+      <c r="P4" s="106"/>
+      <c r="Q4" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="86"/>
-      <c r="S4" s="85" t="s">
+      <c r="R4" s="106"/>
+      <c r="S4" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="86"/>
-      <c r="U4" s="85" t="s">
+      <c r="T4" s="106"/>
+      <c r="U4" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="86"/>
-      <c r="W4" s="85" t="s">
+      <c r="V4" s="106"/>
+      <c r="W4" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="86"/>
-      <c r="Y4" s="85" t="s">
+      <c r="X4" s="106"/>
+      <c r="Y4" s="105" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="86"/>
-      <c r="AA4" s="85" t="s">
+      <c r="Z4" s="106"/>
+      <c r="AA4" s="105" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="86"/>
-      <c r="AC4" s="85" t="s">
+      <c r="AB4" s="106"/>
+      <c r="AC4" s="105" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="86"/>
-      <c r="AE4" s="85" t="s">
+      <c r="AD4" s="106"/>
+      <c r="AE4" s="105" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="86"/>
-      <c r="AG4" s="105" t="s">
+      <c r="AF4" s="106"/>
+      <c r="AG4" s="107" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="106"/>
+      <c r="AH4" s="108"/>
     </row>
     <row r="5" spans="1:34" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="97"/>
       <c r="B5" s="99"/>
       <c r="C5" s="99"/>
       <c r="D5" s="99"/>
       <c r="E5" s="99"/>
       <c r="F5" s="101"/>
       <c r="G5" s="99"/>
       <c r="H5" s="101"/>
       <c r="I5" s="22" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="22" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="24" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="22" t="s">
         <v>13</v>
       </c>
@@ -3422,192 +3422,192 @@
       <c r="AB16" s="62"/>
       <c r="AC16" s="45"/>
       <c r="AD16" s="46"/>
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="54">
         <f>F16*H16</f>
         <v>0.44999999999999996</v>
       </c>
       <c r="AH16" s="50">
         <f t="shared" si="6"/>
         <v>634.95000000000005</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27"/>
       <c r="B17" s="29" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
-      <c r="I17" s="81" t="s">
+      <c r="I17" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="82"/>
-[...3 lines deleted...]
-      <c r="N17" s="83" t="s">
+      <c r="J17" s="110"/>
+      <c r="K17" s="110"/>
+      <c r="L17" s="110"/>
+      <c r="M17" s="110"/>
+      <c r="N17" s="111" t="s">
         <v>48</v>
       </c>
-      <c r="O17" s="83"/>
-[...11 lines deleted...]
-      <c r="AA17" s="81" t="s">
+      <c r="O17" s="111"/>
+      <c r="P17" s="111"/>
+      <c r="Q17" s="111"/>
+      <c r="R17" s="111"/>
+      <c r="S17" s="111"/>
+      <c r="T17" s="111"/>
+      <c r="U17" s="111"/>
+      <c r="V17" s="111"/>
+      <c r="W17" s="111"/>
+      <c r="X17" s="111"/>
+      <c r="Y17" s="111"/>
+      <c r="Z17" s="112"/>
+      <c r="AA17" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="AB17" s="82"/>
-[...3 lines deleted...]
-      <c r="AF17" s="82"/>
+      <c r="AB17" s="110"/>
+      <c r="AC17" s="110"/>
+      <c r="AD17" s="110"/>
+      <c r="AE17" s="110"/>
+      <c r="AF17" s="110"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="27">
         <f>A16+1</f>
         <v>11</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
       <c r="E18" s="39"/>
       <c r="F18" s="39"/>
       <c r="G18" s="40"/>
       <c r="H18" s="40"/>
       <c r="I18" s="52">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>52386.5</v>
+        <v>33137</v>
       </c>
       <c r="J18" s="52">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>52386.5</v>
+        <v>33137</v>
       </c>
       <c r="K18" s="52">
         <f t="shared" si="7"/>
-        <v>52386.5</v>
+        <v>33137</v>
       </c>
       <c r="L18" s="52">
         <f t="shared" si="7"/>
-        <v>52386.5</v>
+        <v>33137</v>
       </c>
       <c r="M18" s="52">
         <f t="shared" si="7"/>
-        <v>52436.5</v>
+        <v>33187</v>
       </c>
       <c r="N18" s="52">
         <f t="shared" si="7"/>
-        <v>53113.78</v>
+        <v>33864.28</v>
       </c>
       <c r="O18" s="52">
         <f t="shared" si="7"/>
-        <v>4840066.03</v>
+        <v>4819316.53</v>
       </c>
       <c r="P18" s="52">
         <f t="shared" si="7"/>
-        <v>55138.78</v>
+        <v>34389.279999999999</v>
       </c>
       <c r="Q18" s="52">
         <f t="shared" si="7"/>
-        <v>58236.5</v>
+        <v>33737</v>
       </c>
       <c r="R18" s="52">
         <f t="shared" si="7"/>
-        <v>888236.5</v>
+        <v>863737</v>
       </c>
       <c r="S18" s="52">
         <f t="shared" si="7"/>
-        <v>4687623.78</v>
+        <v>4658286.28</v>
       </c>
       <c r="T18" s="52">
         <f t="shared" si="7"/>
-        <v>1046684.1399999999</v>
+        <v>1017346.6399999999</v>
       </c>
       <c r="U18" s="52">
         <f t="shared" si="7"/>
-        <v>4718461.78</v>
+        <v>4682716.28</v>
       </c>
       <c r="V18" s="52">
         <f t="shared" si="7"/>
-        <v>1076557.9566666665</v>
+        <v>1040812.4566666665</v>
       </c>
       <c r="W18" s="52">
         <f t="shared" si="7"/>
-        <v>4863684.38</v>
+        <v>4827688.88</v>
       </c>
       <c r="X18" s="52">
         <f t="shared" si="7"/>
-        <v>929407.5</v>
+        <v>893412</v>
       </c>
       <c r="Y18" s="52">
         <f t="shared" si="7"/>
-        <v>88815.25</v>
+        <v>47949.75</v>
       </c>
       <c r="Z18" s="52">
         <f t="shared" si="7"/>
-        <v>74352.5</v>
+        <v>33487</v>
       </c>
       <c r="AA18" s="52">
         <f t="shared" si="7"/>
-        <v>64214.5</v>
+        <v>33187</v>
       </c>
       <c r="AB18" s="52">
         <f t="shared" si="7"/>
-        <v>64214.5</v>
+        <v>33187</v>
       </c>
       <c r="AC18" s="52">
         <f t="shared" si="7"/>
-        <v>58964.5</v>
+        <v>33187</v>
       </c>
       <c r="AD18" s="52">
         <f t="shared" si="7"/>
-        <v>58964.5</v>
+        <v>33187</v>
       </c>
       <c r="AE18" s="52">
         <f t="shared" si="7"/>
-        <v>58964.5</v>
+        <v>33187</v>
       </c>
       <c r="AF18" s="52">
         <f t="shared" si="7"/>
-        <v>58964.5</v>
+        <v>33187</v>
       </c>
       <c r="AG18" s="75">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16+AG2</f>
         <v>16109.94</v>
       </c>
       <c r="AH18" s="75">
         <f>AH7+AH8+AH9+AH10+AH11+AH12+AH13+AH14+AH15+AH16+AH2</f>
         <v>22440952.376666665</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="9">
@@ -4177,507 +4177,507 @@
       </c>
       <c r="Y24" s="72">
         <v>3212</v>
       </c>
       <c r="Z24" s="72">
         <v>3212</v>
       </c>
       <c r="AA24" s="72">
         <v>3212</v>
       </c>
       <c r="AB24" s="72">
         <v>3212</v>
       </c>
       <c r="AC24" s="72">
         <v>3212</v>
       </c>
       <c r="AD24" s="72">
         <v>3212</v>
       </c>
       <c r="AE24" s="72">
         <v>3212</v>
       </c>
       <c r="AF24" s="72">
         <v>3212</v>
       </c>
-      <c r="AG24" s="107" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="108"/>
+      <c r="AG24" s="81" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH24" s="82"/>
     </row>
     <row r="25" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="19"/>
       <c r="E25" s="19"/>
       <c r="F25" s="19"/>
       <c r="G25" s="19"/>
       <c r="H25" s="70"/>
       <c r="I25" s="77">
-        <v>49174.5</v>
+        <v>29925</v>
       </c>
       <c r="J25" s="77">
-        <v>49174.5</v>
+        <v>29925</v>
       </c>
       <c r="K25" s="77">
-        <v>49174.5</v>
+        <v>29925</v>
       </c>
       <c r="L25" s="77">
-        <v>49174.5</v>
+        <v>29925</v>
       </c>
       <c r="M25" s="77">
-        <v>49224.5</v>
+        <v>29975</v>
       </c>
       <c r="N25" s="77">
-        <v>49224.5</v>
+        <v>29975</v>
       </c>
       <c r="O25" s="77">
-        <v>51249.5</v>
+        <v>30500</v>
       </c>
       <c r="P25" s="77">
-        <v>51249.5</v>
+        <v>30500</v>
       </c>
       <c r="Q25" s="77">
-        <v>55024.5</v>
+        <v>30525</v>
       </c>
       <c r="R25" s="77">
-        <v>55024.5</v>
+        <v>30525</v>
       </c>
       <c r="S25" s="77">
-        <v>59887.5</v>
+        <v>30550</v>
       </c>
       <c r="T25" s="77">
-        <v>59887.5</v>
+        <v>30550</v>
       </c>
       <c r="U25" s="77">
-        <v>66295.5</v>
+        <v>30550</v>
       </c>
       <c r="V25" s="77">
-        <v>66295.5</v>
+        <v>30550</v>
       </c>
       <c r="W25" s="77">
-        <v>66520.5</v>
+        <v>30525</v>
       </c>
       <c r="X25" s="77">
-        <v>66520.5</v>
+        <v>30525</v>
       </c>
       <c r="Y25" s="77">
-        <v>71140.5</v>
+        <v>30275</v>
       </c>
       <c r="Z25" s="77">
-        <v>71140.5</v>
+        <v>30275</v>
       </c>
       <c r="AA25" s="77">
-        <v>61002.5</v>
+        <v>29975</v>
       </c>
       <c r="AB25" s="77">
-        <v>61002.5</v>
+        <v>29975</v>
       </c>
       <c r="AC25" s="77">
-        <v>55752.5</v>
+        <v>29975</v>
       </c>
       <c r="AD25" s="77">
-        <v>55752.5</v>
+        <v>29975</v>
       </c>
       <c r="AE25" s="77">
-        <v>55752.5</v>
+        <v>29975</v>
       </c>
       <c r="AF25" s="78">
-        <v>55752.5</v>
-[...2 lines deleted...]
-      <c r="AH25" s="110"/>
+        <v>29975</v>
+      </c>
+      <c r="AG25" s="83"/>
+      <c r="AH25" s="84"/>
     </row>
     <row r="26" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="19"/>
       <c r="D26" s="19"/>
       <c r="E26" s="19"/>
       <c r="F26" s="19"/>
       <c r="G26" s="19"/>
       <c r="H26" s="70"/>
       <c r="I26" s="72"/>
       <c r="J26" s="72"/>
       <c r="K26" s="72"/>
       <c r="L26" s="72"/>
       <c r="M26" s="72"/>
       <c r="N26" s="72"/>
       <c r="O26" s="74"/>
       <c r="P26" s="73"/>
       <c r="Q26" s="73"/>
       <c r="R26" s="73"/>
       <c r="S26" s="73"/>
       <c r="T26" s="73"/>
       <c r="U26" s="72"/>
       <c r="V26" s="72"/>
       <c r="W26" s="73"/>
       <c r="X26" s="73"/>
       <c r="Y26" s="73"/>
       <c r="Z26" s="73"/>
       <c r="AA26" s="73"/>
       <c r="AB26" s="73"/>
       <c r="AC26" s="73"/>
       <c r="AD26" s="73"/>
       <c r="AE26" s="72"/>
       <c r="AF26" s="71"/>
-      <c r="AG26" s="111"/>
-      <c r="AH26" s="112"/>
+      <c r="AG26" s="85"/>
+      <c r="AH26" s="86"/>
     </row>
     <row r="27" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="19"/>
       <c r="D27" s="19"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="5">
         <f t="shared" ref="I27:AF27" si="20">I18/I23</f>
-        <v>91672.13516374868</v>
+        <v>57987.06809810047</v>
       </c>
       <c r="J27" s="6">
         <f t="shared" si="20"/>
-        <v>91672.13516374868</v>
+        <v>57987.06809810047</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" si="20"/>
-        <v>91672.13516374868</v>
+        <v>57987.06809810047</v>
       </c>
       <c r="L27" s="6">
         <f t="shared" si="20"/>
-        <v>91672.13516374868</v>
+        <v>57987.06809810047</v>
       </c>
       <c r="M27" s="5">
         <f t="shared" si="20"/>
-        <v>91759.631117060853</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="N27" s="6">
         <f t="shared" si="20"/>
-        <v>92944.816302246036</v>
+        <v>59259.749236597811</v>
       </c>
       <c r="O27" s="5">
         <f t="shared" si="20"/>
-        <v>8469723.8277729675</v>
+        <v>8433413.8821079545</v>
       </c>
       <c r="P27" s="6">
         <f t="shared" si="20"/>
-        <v>96488.402411388481</v>
+        <v>60178.456746375487</v>
       </c>
       <c r="Q27" s="5">
         <f t="shared" si="20"/>
-        <v>101909.16170127133</v>
+        <v>59037.019537846383</v>
       </c>
       <c r="R27" s="6">
         <f t="shared" si="20"/>
-        <v>1554341.9866831161</v>
+        <v>1511469.8445196911</v>
       </c>
       <c r="S27" s="5">
         <f t="shared" si="20"/>
-        <v>8202962.2279969566</v>
+        <v>8151623.9773910474</v>
       </c>
       <c r="T27" s="6">
         <f t="shared" si="20"/>
-        <v>1831612.5329203524</v>
+        <v>1780274.282314443</v>
       </c>
       <c r="U27" s="5">
         <f t="shared" si="20"/>
-        <v>8256926.2321617641</v>
+        <v>8194374.5001793681</v>
       </c>
       <c r="V27" s="6">
         <f t="shared" si="20"/>
-        <v>1883889.2942868059</v>
+        <v>1821337.5623044102</v>
       </c>
       <c r="W27" s="5">
         <f t="shared" si="20"/>
-        <v>8511054.0287511703</v>
+        <v>8448064.8170022145</v>
       </c>
       <c r="X27" s="6">
         <f t="shared" si="20"/>
-        <v>1626387.9045594144</v>
+        <v>1563398.6928104577</v>
       </c>
       <c r="Y27" s="5">
         <f t="shared" si="20"/>
-        <v>155419.49934815516</v>
+        <v>83908.181746594229</v>
       </c>
       <c r="Z27" s="6">
         <f t="shared" si="20"/>
-        <v>130110.85737284653</v>
+        <v>58599.539771285585</v>
       </c>
       <c r="AA27" s="5">
         <f t="shared" si="20"/>
-        <v>112370.17787927309</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AB27" s="6">
         <f t="shared" si="20"/>
-        <v>112370.17787927309</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AC27" s="5">
         <f t="shared" si="20"/>
-        <v>103183.10278149637</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AD27" s="6">
         <f t="shared" si="20"/>
-        <v>103183.10278149637</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AE27" s="5">
         <f t="shared" si="20"/>
-        <v>103183.10278149637</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AF27" s="6">
         <f t="shared" si="20"/>
-        <v>103183.10278149637</v>
+        <v>58074.564051412628</v>
       </c>
       <c r="AG27" s="5"/>
       <c r="AH27" s="76">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>42009691.71092505</v>
+        <v>40863410.726420581</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="27">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B28" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="20"/>
       <c r="D28" s="20"/>
       <c r="E28" s="20"/>
       <c r="F28" s="20"/>
       <c r="G28" s="20"/>
       <c r="H28" s="20"/>
       <c r="I28" s="57">
         <f>I27/(15*86400)</f>
-        <v>7.0734672194250531E-2</v>
+        <v>4.4743108100386168E-2</v>
       </c>
       <c r="J28" s="37">
         <f>J27/(15*86400)</f>
-        <v>7.0734672194250531E-2</v>
+        <v>4.4743108100386168E-2</v>
       </c>
       <c r="K28" s="57">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>7.0734672194250531E-2</v>
+        <v>4.4743108100386168E-2</v>
       </c>
       <c r="L28" s="37">
         <f t="shared" si="21"/>
-        <v>7.0734672194250531E-2</v>
+        <v>4.4743108100386168E-2</v>
       </c>
       <c r="M28" s="57">
         <f t="shared" si="21"/>
-        <v>7.0802184503904977E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="N28" s="37">
         <f t="shared" si="21"/>
-        <v>7.1716679245560216E-2</v>
+        <v>4.572511515169584E-2</v>
       </c>
       <c r="O28" s="57">
         <f t="shared" si="21"/>
-        <v>6.5352807313063019</v>
+        <v>6.5072637979228043</v>
       </c>
       <c r="P28" s="37">
         <f t="shared" si="21"/>
-        <v>7.4450927786565188E-2</v>
+        <v>4.6433994403067502E-2</v>
       </c>
       <c r="Q28" s="57">
         <f t="shared" si="21"/>
-        <v>7.863361242382047E-2</v>
+        <v>4.5553255816239493E-2</v>
       </c>
       <c r="R28" s="37">
         <f t="shared" si="21"/>
-        <v>1.1993379526875896</v>
+        <v>1.1662575960800086</v>
       </c>
       <c r="S28" s="57">
         <f t="shared" si="21"/>
-        <v>6.3294461635778987</v>
+        <v>6.2898333158881536</v>
       </c>
       <c r="T28" s="37">
         <f t="shared" si="21"/>
-        <v>1.4132812754015065</v>
+        <v>1.3736684277117617</v>
       </c>
       <c r="U28" s="57">
         <f t="shared" si="21"/>
-        <v>6.3710850556803731</v>
+        <v>6.3228198303853151</v>
       </c>
       <c r="V28" s="37">
         <f t="shared" si="21"/>
-        <v>1.4536182826287083</v>
+        <v>1.4053530573336499</v>
       </c>
       <c r="W28" s="57">
         <f t="shared" si="21"/>
-        <v>6.5671713184808409</v>
+        <v>6.518568531637511</v>
       </c>
       <c r="X28" s="37">
         <f t="shared" si="21"/>
-        <v>1.2549289387032518</v>
+        <v>1.2063261518599211</v>
       </c>
       <c r="Y28" s="57">
         <f t="shared" si="21"/>
-        <v>0.11992245320073701</v>
+        <v>6.4743967397063451E-2</v>
       </c>
       <c r="Z28" s="37">
         <f t="shared" si="21"/>
-        <v>0.10039418007164085</v>
+        <v>4.5215694267967274E-2</v>
       </c>
       <c r="AA28" s="57">
         <f t="shared" si="21"/>
-        <v>8.6705384166105778E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AB28" s="37">
         <f t="shared" si="21"/>
-        <v>8.6705384166105778E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AC28" s="57">
         <f t="shared" si="21"/>
-        <v>7.9616591652389185E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AD28" s="37">
         <f t="shared" si="21"/>
-        <v>7.9616591652389185E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AE28" s="57">
         <f t="shared" si="21"/>
-        <v>7.9616591652389185E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AF28" s="37">
         <f t="shared" si="21"/>
-        <v>7.9616591652389185E-2</v>
+        <v>4.4810620410040608E-2</v>
       </c>
       <c r="AG28" s="57"/>
       <c r="AH28" s="37"/>
     </row>
     <row r="30" spans="1:34" x14ac:dyDescent="0.25">
       <c r="Y30" s="79"/>
       <c r="Z30" s="80"/>
     </row>
     <row r="31" spans="1:34" x14ac:dyDescent="0.25">
       <c r="Y31" s="79"/>
       <c r="Z31" s="80"/>
     </row>
     <row r="32" spans="1:34" x14ac:dyDescent="0.25">
       <c r="Y32" s="79"/>
       <c r="Z32" s="80"/>
     </row>
     <row r="33" spans="25:26" x14ac:dyDescent="0.25">
       <c r="Y33" s="79"/>
       <c r="Z33" s="80"/>
     </row>
     <row r="34" spans="25:26" x14ac:dyDescent="0.25">
       <c r="Y34" s="79"/>
       <c r="Z34" s="80"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="AA17:AF17"/>
+    <mergeCell ref="N17:Z17"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="AG4:AH4"/>
-    <mergeCell ref="Q4:R4"/>
-[...10 lines deleted...]
-    <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="33" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3A912760-85E1-4FFA-865E-B78090492FA8}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="S25" sqref="S25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="14.28515625" style="2" customWidth="1"/>
     <col min="13" max="13" width="14.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="24" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="16.140625" style="2" customWidth="1"/>
     <col min="34" max="34" width="18.28515625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
       <c r="A1" s="87" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
       <c r="I1" s="88"/>
       <c r="J1" s="88"/>
       <c r="K1" s="88"/>
       <c r="L1" s="88"/>
       <c r="M1" s="88"/>
       <c r="N1" s="88"/>
       <c r="O1" s="88"/>
       <c r="P1" s="88"/>
       <c r="Q1" s="88"/>
       <c r="R1" s="88"/>
       <c r="S1" s="88"/>
       <c r="T1" s="88"/>
       <c r="U1" s="88"/>
       <c r="V1" s="88"/>
       <c r="W1" s="88"/>
       <c r="X1" s="88"/>
       <c r="Y1" s="88"/>
@@ -4778,94 +4778,94 @@
         <v>3</v>
       </c>
       <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
       <c r="I4" s="102" t="s">
         <v>40</v>
       </c>
       <c r="J4" s="103"/>
       <c r="K4" s="102" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="104"/>
-      <c r="M4" s="85" t="s">
+      <c r="M4" s="105" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="86"/>
-      <c r="O4" s="85" t="s">
+      <c r="N4" s="106"/>
+      <c r="O4" s="105" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="86"/>
-      <c r="Q4" s="85" t="s">
+      <c r="P4" s="106"/>
+      <c r="Q4" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="86"/>
-      <c r="S4" s="85" t="s">
+      <c r="R4" s="106"/>
+      <c r="S4" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="86"/>
-      <c r="U4" s="85" t="s">
+      <c r="T4" s="106"/>
+      <c r="U4" s="105" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="86"/>
-      <c r="W4" s="85" t="s">
+      <c r="V4" s="106"/>
+      <c r="W4" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="86"/>
-      <c r="Y4" s="85" t="s">
+      <c r="X4" s="106"/>
+      <c r="Y4" s="105" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="86"/>
-      <c r="AA4" s="85" t="s">
+      <c r="Z4" s="106"/>
+      <c r="AA4" s="105" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="86"/>
-      <c r="AC4" s="85" t="s">
+      <c r="AB4" s="106"/>
+      <c r="AC4" s="105" t="s">
         <v>41</v>
       </c>
-      <c r="AD4" s="86"/>
-      <c r="AE4" s="85" t="s">
+      <c r="AD4" s="106"/>
+      <c r="AE4" s="105" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="86"/>
-      <c r="AG4" s="105" t="s">
+      <c r="AF4" s="106"/>
+      <c r="AG4" s="107" t="s">
         <v>42</v>
       </c>
-      <c r="AH4" s="106"/>
+      <c r="AH4" s="108"/>
     </row>
     <row r="5" spans="1:34" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="97"/>
       <c r="B5" s="99"/>
       <c r="C5" s="99"/>
       <c r="D5" s="99"/>
       <c r="E5" s="99"/>
       <c r="F5" s="101"/>
       <c r="G5" s="99"/>
       <c r="H5" s="101"/>
       <c r="I5" s="22" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="22" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="24" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="22" t="s">
         <v>13</v>
       </c>
@@ -5775,200 +5775,200 @@
       <c r="AB16" s="62"/>
       <c r="AC16" s="45"/>
       <c r="AD16" s="46"/>
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="54">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="50">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27"/>
       <c r="B17" s="29" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
-      <c r="I17" s="81" t="s">
+      <c r="I17" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="82"/>
-[...3 lines deleted...]
-      <c r="N17" s="83" t="s">
+      <c r="J17" s="110"/>
+      <c r="K17" s="110"/>
+      <c r="L17" s="110"/>
+      <c r="M17" s="110"/>
+      <c r="N17" s="111" t="s">
         <v>48</v>
       </c>
-      <c r="O17" s="83"/>
-[...11 lines deleted...]
-      <c r="AA17" s="81" t="s">
+      <c r="O17" s="111"/>
+      <c r="P17" s="111"/>
+      <c r="Q17" s="111"/>
+      <c r="R17" s="111"/>
+      <c r="S17" s="111"/>
+      <c r="T17" s="111"/>
+      <c r="U17" s="111"/>
+      <c r="V17" s="111"/>
+      <c r="W17" s="111"/>
+      <c r="X17" s="111"/>
+      <c r="Y17" s="111"/>
+      <c r="Z17" s="112"/>
+      <c r="AA17" s="109" t="s">
         <v>47</v>
       </c>
-      <c r="AB17" s="82"/>
-[...3 lines deleted...]
-      <c r="AF17" s="82"/>
+      <c r="AB17" s="110"/>
+      <c r="AC17" s="110"/>
+      <c r="AD17" s="110"/>
+      <c r="AE17" s="110"/>
+      <c r="AF17" s="110"/>
       <c r="AG17" s="68"/>
       <c r="AH17" s="69"/>
     </row>
     <row r="18" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="27">
         <f>A16+1</f>
         <v>11</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
       <c r="E18" s="39"/>
       <c r="F18" s="39"/>
       <c r="G18" s="40"/>
       <c r="H18" s="40"/>
       <c r="I18" s="52">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>400</v>
+        <v>19649.5</v>
       </c>
       <c r="J18" s="52">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>400</v>
+        <v>19649.5</v>
       </c>
       <c r="K18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>19649.5</v>
       </c>
       <c r="L18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>19649.5</v>
       </c>
       <c r="M18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>19649.5</v>
       </c>
       <c r="N18" s="52">
         <f t="shared" si="7"/>
-        <v>808169.28000000014</v>
+        <v>827418.78000000014</v>
       </c>
       <c r="O18" s="52">
         <f t="shared" si="7"/>
-        <v>3729974.6500000004</v>
+        <v>3750724.1500000004</v>
       </c>
       <c r="P18" s="52">
         <f t="shared" si="7"/>
-        <v>808169.28000000014</v>
+        <v>828918.78000000014</v>
       </c>
       <c r="Q18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>24899.5</v>
       </c>
       <c r="R18" s="52">
         <f t="shared" si="7"/>
-        <v>2876590.0693333335</v>
+        <v>2901089.5693333335</v>
       </c>
       <c r="S18" s="52">
         <f t="shared" si="7"/>
-        <v>1434625.0600000005</v>
+        <v>1463964.5600000005</v>
       </c>
       <c r="T18" s="52">
         <f t="shared" si="7"/>
-        <v>2878842.7093333337</v>
+        <v>2908182.2093333337</v>
       </c>
       <c r="U18" s="52">
         <f t="shared" si="7"/>
-        <v>1434625.0600000005</v>
+        <v>1470370.5600000005</v>
       </c>
       <c r="V18" s="52">
         <f t="shared" si="7"/>
-        <v>2878015.8633333337</v>
+        <v>2913761.3633333337</v>
       </c>
       <c r="W18" s="52">
         <f t="shared" si="7"/>
-        <v>1436736.9100000006</v>
+        <v>1472732.4100000006</v>
       </c>
       <c r="X18" s="52">
         <f t="shared" si="7"/>
-        <v>2876590.0693333335</v>
+        <v>2912585.5693333335</v>
       </c>
       <c r="Y18" s="52">
         <f t="shared" si="7"/>
-        <v>12802.69</v>
+        <v>53668.19</v>
       </c>
       <c r="Z18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>41265.5</v>
       </c>
       <c r="AA18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>31427.5</v>
       </c>
       <c r="AB18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>31427.5</v>
       </c>
       <c r="AC18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>26177.5</v>
       </c>
       <c r="AD18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>26177.5</v>
       </c>
       <c r="AE18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>26177.5</v>
       </c>
       <c r="AF18" s="52">
         <f t="shared" si="7"/>
-        <v>400</v>
+        <v>26177.5</v>
       </c>
       <c r="AG18" s="52">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>15738.85</v>
       </c>
       <c r="AH18" s="51">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>21180341.641333338</v>
+        <v>21835393.641333338</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="9">
         <v>0.9</v>
       </c>
       <c r="J19" s="10">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="9">
         <v>0.9</v>
@@ -6530,396 +6530,444 @@
       </c>
       <c r="Y24" s="7">
         <v>400</v>
       </c>
       <c r="Z24" s="7">
         <v>400</v>
       </c>
       <c r="AA24" s="7">
         <v>400</v>
       </c>
       <c r="AB24" s="7">
         <v>400</v>
       </c>
       <c r="AC24" s="7">
         <v>400</v>
       </c>
       <c r="AD24" s="7">
         <v>400</v>
       </c>
       <c r="AE24" s="7">
         <v>400</v>
       </c>
       <c r="AF24" s="7">
         <v>400</v>
       </c>
-      <c r="AG24" s="107" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="108"/>
+      <c r="AG24" s="81" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH24" s="82"/>
     </row>
     <row r="25" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="19"/>
       <c r="D25" s="19"/>
       <c r="E25" s="19"/>
       <c r="F25" s="19"/>
       <c r="G25" s="19"/>
       <c r="H25" s="19"/>
-      <c r="I25" s="7"/>
-[...24 lines deleted...]
-      <c r="AH25" s="110"/>
+      <c r="I25" s="7">
+        <v>19249.5</v>
+      </c>
+      <c r="J25" s="8">
+        <v>19249.5</v>
+      </c>
+      <c r="K25" s="7">
+        <v>19249.5</v>
+      </c>
+      <c r="L25" s="8">
+        <v>19249.5</v>
+      </c>
+      <c r="M25" s="7">
+        <v>19249.5</v>
+      </c>
+      <c r="N25" s="8">
+        <v>19249.5</v>
+      </c>
+      <c r="O25" s="7">
+        <v>20749.5</v>
+      </c>
+      <c r="P25" s="8">
+        <v>20749.5</v>
+      </c>
+      <c r="Q25" s="7">
+        <v>24499.5</v>
+      </c>
+      <c r="R25" s="8">
+        <v>24499.5</v>
+      </c>
+      <c r="S25" s="7">
+        <v>29339.5</v>
+      </c>
+      <c r="T25" s="8">
+        <v>29339.5</v>
+      </c>
+      <c r="U25" s="7">
+        <v>35745.5</v>
+      </c>
+      <c r="V25" s="8">
+        <v>35745.5</v>
+      </c>
+      <c r="W25" s="7">
+        <v>35995.5</v>
+      </c>
+      <c r="X25" s="8">
+        <v>35995.5</v>
+      </c>
+      <c r="Y25" s="7">
+        <v>40865.5</v>
+      </c>
+      <c r="Z25" s="8">
+        <v>40865.5</v>
+      </c>
+      <c r="AA25" s="7">
+        <v>31027.5</v>
+      </c>
+      <c r="AB25" s="8">
+        <v>31027.5</v>
+      </c>
+      <c r="AC25" s="7">
+        <v>25777.5</v>
+      </c>
+      <c r="AD25" s="8">
+        <v>25777.5</v>
+      </c>
+      <c r="AE25" s="7">
+        <v>25777.5</v>
+      </c>
+      <c r="AF25" s="8">
+        <v>25777.5</v>
+      </c>
+      <c r="AG25" s="83"/>
+      <c r="AH25" s="84"/>
     </row>
     <row r="26" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="19"/>
       <c r="D26" s="19"/>
       <c r="E26" s="19"/>
       <c r="F26" s="19"/>
       <c r="G26" s="19"/>
       <c r="H26" s="19"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="7"/>
       <c r="L26" s="8"/>
       <c r="M26" s="7"/>
       <c r="N26" s="8"/>
       <c r="O26" s="7"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="8"/>
       <c r="S26" s="7"/>
       <c r="T26" s="8"/>
       <c r="U26" s="7"/>
       <c r="V26" s="8"/>
       <c r="W26" s="7"/>
       <c r="X26" s="8"/>
       <c r="Y26" s="7"/>
       <c r="Z26" s="8"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="8"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="8"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="8"/>
-      <c r="AG26" s="111"/>
-      <c r="AH26" s="112"/>
+      <c r="AG26" s="85"/>
+      <c r="AH26" s="86"/>
     </row>
     <row r="27" spans="1:34" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="19"/>
       <c r="D27" s="19"/>
       <c r="E27" s="19"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="5">
         <f t="shared" ref="I27:AF27" si="20">I18/I23</f>
-        <v>699.96762649727464</v>
+        <v>34385.034692145491</v>
       </c>
       <c r="J27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>34385.034692145491</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>34385.034692145491</v>
       </c>
       <c r="L27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>34385.034692145491</v>
       </c>
       <c r="M27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>34385.034692145491</v>
       </c>
       <c r="N27" s="6">
         <f t="shared" si="20"/>
-        <v>1414230.8318240286</v>
+        <v>1447915.8988896767</v>
       </c>
       <c r="O27" s="5">
         <f t="shared" si="20"/>
-        <v>6527153.756638757</v>
+        <v>6563463.70230377</v>
       </c>
       <c r="P27" s="6">
         <f t="shared" si="20"/>
-        <v>1414230.8318240286</v>
+        <v>1450540.7774890414</v>
       </c>
       <c r="Q27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>43572.109789922222</v>
       </c>
       <c r="R27" s="6">
         <f t="shared" si="20"/>
-        <v>5033799.8080922095</v>
+        <v>5076671.9502556352</v>
       </c>
       <c r="S27" s="5">
         <f t="shared" si="20"/>
-        <v>2510477.7454042761</v>
+        <v>2561819.4958483181</v>
       </c>
       <c r="T27" s="6">
         <f t="shared" si="20"/>
-        <v>5037741.7457775921</v>
+        <v>5089083.4962216346</v>
       </c>
       <c r="U27" s="5">
         <f t="shared" si="20"/>
-        <v>2510477.7454042761</v>
+        <v>2573029.477386672</v>
       </c>
       <c r="V27" s="6">
         <f t="shared" si="20"/>
-        <v>5036294.8321973458</v>
+        <v>5098846.5641797418</v>
       </c>
       <c r="W27" s="5">
         <f t="shared" si="20"/>
-        <v>2514173.311984322</v>
+        <v>2577162.5237332787</v>
       </c>
       <c r="X27" s="6">
         <f t="shared" si="20"/>
-        <v>5033799.8080922095</v>
+        <v>5096789.0198411662</v>
       </c>
       <c r="Y27" s="5">
         <f t="shared" si="20"/>
-        <v>22403.671330200981</v>
+        <v>93914.988931761924</v>
       </c>
       <c r="Z27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>72211.285228058216</v>
       </c>
       <c r="AA27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>54995.581454357743</v>
       </c>
       <c r="AB27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>54995.581454357743</v>
       </c>
       <c r="AC27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>45808.506356581012</v>
       </c>
       <c r="AD27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>45808.506356581012</v>
       </c>
       <c r="AE27" s="5">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>45808.506356581012</v>
       </c>
       <c r="AF27" s="6">
         <f t="shared" si="20"/>
-        <v>699.96762649727464</v>
+        <v>45808.506356581012</v>
       </c>
       <c r="AG27" s="5"/>
       <c r="AH27" s="6">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>37063883.667713709</v>
+        <v>38210171.65189445</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="27">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B28" s="26" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="20"/>
       <c r="D28" s="20"/>
       <c r="E28" s="20"/>
       <c r="F28" s="20"/>
       <c r="G28" s="20"/>
       <c r="H28" s="20"/>
       <c r="I28" s="57">
         <f>I27/(15*86400)</f>
-        <v>5.4009847723555146E-4</v>
+        <v>2.6531662571099915E-2</v>
       </c>
       <c r="J28" s="37">
         <f>J27/(15*86400)</f>
-        <v>5.4009847723555146E-4</v>
+        <v>2.6531662571099915E-2</v>
       </c>
       <c r="K28" s="57">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>5.4009847723555146E-4</v>
+        <v>2.6531662571099915E-2</v>
       </c>
       <c r="L28" s="37">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>2.6531662571099915E-2</v>
       </c>
       <c r="M28" s="57">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>2.6531662571099915E-2</v>
       </c>
       <c r="N28" s="37">
         <f t="shared" si="21"/>
-        <v>1.0912274936913802</v>
+        <v>1.1172190577852443</v>
       </c>
       <c r="O28" s="57">
         <f t="shared" si="21"/>
-        <v>5.0363840714805219</v>
+        <v>5.0644010048640205</v>
       </c>
       <c r="P28" s="37">
         <f t="shared" si="21"/>
-        <v>1.0912274936913802</v>
+        <v>1.1192444270748776</v>
       </c>
       <c r="Q28" s="57">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>3.3620455084816529E-2</v>
       </c>
       <c r="R28" s="37">
         <f t="shared" si="21"/>
-        <v>3.884104790194606</v>
+        <v>3.9171851468021877</v>
       </c>
       <c r="S28" s="57">
         <f t="shared" si="21"/>
-        <v>1.9370970257749043</v>
+        <v>1.9767125739570355</v>
       </c>
       <c r="T28" s="37">
         <f t="shared" si="21"/>
-        <v>3.8871464087790062</v>
+        <v>3.9267619569611378</v>
       </c>
       <c r="U28" s="57">
         <f t="shared" si="21"/>
-        <v>1.9370970257749043</v>
+        <v>1.9853622510699629</v>
       </c>
       <c r="V28" s="37">
         <f t="shared" si="21"/>
-        <v>3.8860299631152357</v>
+        <v>3.9342951884102946</v>
       </c>
       <c r="W28" s="57">
         <f t="shared" si="21"/>
-        <v>1.9399485431977794</v>
+        <v>1.9885513300411102</v>
       </c>
       <c r="X28" s="37">
         <f t="shared" si="21"/>
-        <v>3.884104790194606</v>
+        <v>3.9327075770379367</v>
       </c>
       <c r="Y28" s="57">
         <f t="shared" si="21"/>
-        <v>1.7286783433797054E-2</v>
+        <v>7.2465269237470625E-2</v>
       </c>
       <c r="Z28" s="37">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>5.5718584280909117E-2</v>
       </c>
       <c r="AA28" s="57">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>4.243486223330073E-2</v>
       </c>
       <c r="AB28" s="37">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>4.243486223330073E-2</v>
       </c>
       <c r="AC28" s="57">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>3.5346069719584115E-2</v>
       </c>
       <c r="AD28" s="37">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>3.5346069719584115E-2</v>
       </c>
       <c r="AE28" s="57">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>3.5346069719584115E-2</v>
       </c>
       <c r="AF28" s="37">
         <f t="shared" si="21"/>
-        <v>5.4009847723555146E-4</v>
+        <v>3.5346069719584115E-2</v>
       </c>
       <c r="AG28" s="57"/>
       <c r="AH28" s="37"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="N17:Z17"/>
+    <mergeCell ref="AA17:AF17"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
+    <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
-    <mergeCell ref="W4:X4"/>
-[...10 lines deleted...]
-    <mergeCell ref="AC4:AD4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="33" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ზემო მაგისტრალური</vt:lpstr>
       <vt:lpstr>ქვემო მაგისტრალური</vt:lpstr>