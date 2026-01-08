--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -3,81 +3,112 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\ქვემო ქართლი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\ქვემო ქართლი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E36948FC-54CB-4120-997B-D4C94A10E900}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{83D06F06-ABF8-4920-94B5-B55D1083C696}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="გარდაბნის სარწყავი სისტემა" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AE23" i="1" l="1"/>
+  <c r="J18" i="1" l="1"/>
+  <c r="K18" i="1"/>
+  <c r="L18" i="1"/>
+  <c r="M18" i="1"/>
+  <c r="N18" i="1"/>
+  <c r="O18" i="1"/>
+  <c r="P18" i="1"/>
+  <c r="Q18" i="1"/>
+  <c r="R18" i="1"/>
+  <c r="S18" i="1"/>
+  <c r="T18" i="1"/>
+  <c r="U18" i="1"/>
+  <c r="V18" i="1"/>
+  <c r="W18" i="1"/>
+  <c r="X18" i="1"/>
+  <c r="Y18" i="1"/>
+  <c r="Z18" i="1"/>
+  <c r="AA18" i="1"/>
+  <c r="AA27" i="1" s="1"/>
+  <c r="AA28" i="1" s="1"/>
+  <c r="AB18" i="1"/>
+  <c r="AC18" i="1"/>
+  <c r="AC27" i="1" s="1"/>
+  <c r="AC28" i="1" s="1"/>
+  <c r="AD18" i="1"/>
+  <c r="AE18" i="1"/>
+  <c r="AE27" i="1" s="1"/>
+  <c r="AE28" i="1" s="1"/>
+  <c r="AF18" i="1"/>
+  <c r="I18" i="1"/>
+  <c r="W11" i="1"/>
+  <c r="AE23" i="1"/>
   <c r="AC23" i="1"/>
   <c r="AA23" i="1"/>
   <c r="Y23" i="1"/>
   <c r="W23" i="1"/>
   <c r="U23" i="1"/>
   <c r="S23" i="1"/>
   <c r="Q23" i="1"/>
   <c r="O23" i="1"/>
   <c r="M23" i="1"/>
   <c r="K23" i="1"/>
   <c r="I23" i="1"/>
   <c r="AF22" i="1"/>
   <c r="AD22" i="1"/>
   <c r="AB22" i="1"/>
   <c r="Z22" i="1"/>
   <c r="X22" i="1"/>
   <c r="V22" i="1"/>
   <c r="T22" i="1"/>
   <c r="R22" i="1"/>
   <c r="P22" i="1"/>
   <c r="N22" i="1"/>
   <c r="L22" i="1"/>
   <c r="J22" i="1"/>
   <c r="AF21" i="1"/>
   <c r="AD21" i="1"/>
@@ -97,89 +128,71 @@
   <c r="Z20" i="1"/>
   <c r="X20" i="1"/>
   <c r="V20" i="1"/>
   <c r="T20" i="1"/>
   <c r="R20" i="1"/>
   <c r="P20" i="1"/>
   <c r="N20" i="1"/>
   <c r="L20" i="1"/>
   <c r="J20" i="1"/>
   <c r="AF19" i="1"/>
   <c r="AD19" i="1"/>
   <c r="AB19" i="1"/>
   <c r="AB23" i="1" s="1"/>
   <c r="Z19" i="1"/>
   <c r="X19" i="1"/>
   <c r="X23" i="1" s="1"/>
   <c r="V19" i="1"/>
   <c r="T19" i="1"/>
   <c r="T23" i="1" s="1"/>
   <c r="R19" i="1"/>
   <c r="P19" i="1"/>
   <c r="P23" i="1" s="1"/>
   <c r="N19" i="1"/>
   <c r="L19" i="1"/>
   <c r="J19" i="1"/>
-  <c r="AF18" i="1"/>
-[...15 lines deleted...]
-  <c r="I18" i="1"/>
   <c r="AG16" i="1"/>
   <c r="D16" i="1"/>
   <c r="E16" i="1" s="1"/>
   <c r="G16" i="1" s="1"/>
   <c r="AG15" i="1"/>
   <c r="D15" i="1"/>
   <c r="E15" i="1" s="1"/>
   <c r="G15" i="1" s="1"/>
   <c r="AG14" i="1"/>
   <c r="D14" i="1"/>
   <c r="E14" i="1" s="1"/>
   <c r="G14" i="1" s="1"/>
   <c r="AG13" i="1"/>
   <c r="D13" i="1"/>
   <c r="E13" i="1" s="1"/>
   <c r="G13" i="1" s="1"/>
   <c r="AG12" i="1"/>
   <c r="D12" i="1"/>
   <c r="E12" i="1" s="1"/>
   <c r="G12" i="1" s="1"/>
   <c r="AG11" i="1"/>
-  <c r="W11" i="1"/>
   <c r="D11" i="1"/>
   <c r="E11" i="1" s="1"/>
   <c r="G11" i="1" s="1"/>
   <c r="AG10" i="1"/>
   <c r="D10" i="1"/>
   <c r="E10" i="1" s="1"/>
   <c r="G10" i="1" s="1"/>
   <c r="AG9" i="1"/>
   <c r="D9" i="1"/>
   <c r="E9" i="1" s="1"/>
   <c r="G9" i="1" s="1"/>
   <c r="AG8" i="1"/>
   <c r="D8" i="1"/>
   <c r="E8" i="1" s="1"/>
   <c r="G8" i="1" s="1"/>
   <c r="T8" i="1" s="1"/>
   <c r="A8" i="1"/>
   <c r="A9" i="1" s="1"/>
   <c r="A10" i="1" s="1"/>
   <c r="A11" i="1" s="1"/>
   <c r="A12" i="1" s="1"/>
   <c r="A13" i="1" s="1"/>
   <c r="A14" i="1" s="1"/>
   <c r="A15" i="1" s="1"/>
   <c r="A16" i="1" s="1"/>
@@ -248,121 +261,108 @@
   <c r="K28" i="1" s="1"/>
   <c r="M27" i="1"/>
   <c r="M28" i="1" s="1"/>
   <c r="R23" i="1"/>
   <c r="Z23" i="1"/>
   <c r="AD23" i="1"/>
   <c r="P27" i="1"/>
   <c r="P28" i="1" s="1"/>
   <c r="V23" i="1"/>
   <c r="T7" i="1"/>
   <c r="O7" i="1"/>
   <c r="O10" i="1"/>
   <c r="L10" i="1"/>
   <c r="R10" i="1"/>
   <c r="U13" i="1"/>
   <c r="S13" i="1"/>
   <c r="Q13" i="1"/>
   <c r="AH13" i="1" s="1"/>
   <c r="X15" i="1"/>
   <c r="O15" i="1"/>
   <c r="V15" i="1"/>
   <c r="T15" i="1"/>
   <c r="Y15" i="1"/>
   <c r="R15" i="1"/>
   <c r="AD9" i="1"/>
-  <c r="AD18" i="1" s="1"/>
   <c r="AB9" i="1"/>
-  <c r="AB18" i="1" s="1"/>
   <c r="AB27" i="1" s="1"/>
   <c r="AB28" i="1" s="1"/>
   <c r="Q9" i="1"/>
   <c r="T12" i="1"/>
   <c r="R12" i="1"/>
   <c r="Y11" i="1"/>
   <c r="W12" i="1"/>
   <c r="O12" i="1"/>
   <c r="V12" i="1"/>
   <c r="R8" i="1"/>
   <c r="X8" i="1"/>
   <c r="O8" i="1"/>
   <c r="V8" i="1"/>
   <c r="O11" i="1"/>
   <c r="U11" i="1"/>
   <c r="U14" i="1"/>
   <c r="S14" i="1"/>
   <c r="O14" i="1"/>
   <c r="W14" i="1"/>
   <c r="Q16" i="1"/>
   <c r="W16" i="1"/>
   <c r="U16" i="1"/>
   <c r="S16" i="1"/>
   <c r="Z27" i="1"/>
   <c r="Z28" i="1" s="1"/>
   <c r="I27" i="1"/>
-  <c r="X18" i="1" l="1"/>
-  <c r="X27" i="1" s="1"/>
+  <c r="X27" i="1" l="1"/>
   <c r="X28" i="1" s="1"/>
   <c r="AD27" i="1"/>
   <c r="AD28" i="1" s="1"/>
   <c r="AH8" i="1"/>
   <c r="AH16" i="1"/>
-  <c r="Y18" i="1"/>
-  <c r="Y27" i="1" s="1"/>
+  <c r="Y27" i="1"/>
   <c r="Y28" i="1" s="1"/>
   <c r="AH10" i="1"/>
-  <c r="L18" i="1"/>
-[...1 lines deleted...]
-  <c r="U27" i="1" s="1"/>
+  <c r="U27" i="1"/>
   <c r="U28" i="1" s="1"/>
   <c r="AH12" i="1"/>
-  <c r="S18" i="1"/>
-  <c r="S27" i="1" s="1"/>
+  <c r="S27" i="1"/>
   <c r="S28" i="1" s="1"/>
   <c r="AH14" i="1"/>
   <c r="AH11" i="1"/>
-  <c r="R18" i="1"/>
-  <c r="R27" i="1" s="1"/>
+  <c r="R27" i="1"/>
   <c r="R28" i="1" s="1"/>
-  <c r="W18" i="1"/>
-  <c r="W27" i="1" s="1"/>
+  <c r="W27" i="1"/>
   <c r="W28" i="1" s="1"/>
-  <c r="Q18" i="1"/>
-  <c r="Q27" i="1" s="1"/>
+  <c r="Q27" i="1"/>
   <c r="Q28" i="1" s="1"/>
   <c r="AH9" i="1"/>
   <c r="AH15" i="1"/>
   <c r="AH7" i="1"/>
-  <c r="O18" i="1"/>
-  <c r="O27" i="1" s="1"/>
+  <c r="O27" i="1"/>
   <c r="O28" i="1" s="1"/>
   <c r="I28" i="1"/>
-  <c r="V18" i="1"/>
-  <c r="V27" i="1" s="1"/>
+  <c r="V27" i="1"/>
   <c r="V28" i="1" s="1"/>
-  <c r="T18" i="1"/>
-  <c r="T27" i="1" s="1"/>
+  <c r="T27" i="1"/>
   <c r="T28" i="1" s="1"/>
   <c r="L27" i="1" l="1"/>
   <c r="AH18" i="1"/>
   <c r="L28" i="1" l="1"/>
   <c r="AH27" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="54">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t>III  ზონა</t>
     </r>
     <r>
@@ -647,51 +647,51 @@
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
     <t>გარდაბნის არხი</t>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -1523,151 +1523,151 @@
     <xf numFmtId="164" fontId="4" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...82 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1916,287 +1916,288 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="55" zoomScaleNormal="100" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="W22" sqref="W22"/>
+      <selection activeCell="J25" sqref="J25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.140625" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.28515625" customWidth="1"/>
     <col min="5" max="5" width="11.42578125" customWidth="1"/>
     <col min="6" max="6" width="13.7109375" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" customWidth="1"/>
     <col min="8" max="8" width="13.28515625" customWidth="1"/>
-    <col min="9" max="10" width="9.28515625" style="70" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="31" max="32" width="15" customWidth="1"/>
+    <col min="9" max="10" width="13.42578125" style="70" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="13.42578125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="16" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="14.42578125" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="16" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="16" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="26" max="27" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="16" bestFit="1" customWidth="1"/>
+    <col min="29" max="29" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="16" bestFit="1" customWidth="1"/>
+    <col min="31" max="31" width="13.85546875" bestFit="1" customWidth="1"/>
+    <col min="32" max="32" width="15" customWidth="1"/>
     <col min="33" max="33" width="12.28515625" style="70" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="17" style="70" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="82" t="s">
+      <c r="A1" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="83"/>
-[...31 lines deleted...]
-      <c r="AH1" s="84"/>
+      <c r="B1" s="75"/>
+      <c r="C1" s="75"/>
+      <c r="D1" s="75"/>
+      <c r="E1" s="75"/>
+      <c r="F1" s="75"/>
+      <c r="G1" s="75"/>
+      <c r="H1" s="75"/>
+      <c r="I1" s="75"/>
+      <c r="J1" s="75"/>
+      <c r="K1" s="75"/>
+      <c r="L1" s="75"/>
+      <c r="M1" s="75"/>
+      <c r="N1" s="75"/>
+      <c r="O1" s="75"/>
+      <c r="P1" s="75"/>
+      <c r="Q1" s="75"/>
+      <c r="R1" s="75"/>
+      <c r="S1" s="75"/>
+      <c r="T1" s="75"/>
+      <c r="U1" s="75"/>
+      <c r="V1" s="75"/>
+      <c r="W1" s="75"/>
+      <c r="X1" s="75"/>
+      <c r="Y1" s="75"/>
+      <c r="Z1" s="75"/>
+      <c r="AA1" s="75"/>
+      <c r="AB1" s="75"/>
+      <c r="AC1" s="75"/>
+      <c r="AD1" s="75"/>
+      <c r="AE1" s="75"/>
+      <c r="AF1" s="75"/>
+      <c r="AG1" s="75"/>
+      <c r="AH1" s="76"/>
     </row>
     <row r="2" spans="1:34" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="85" t="s">
+      <c r="A2" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="86"/>
-[...31 lines deleted...]
-      <c r="AH2" s="87"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="78"/>
+      <c r="J2" s="78"/>
+      <c r="K2" s="78"/>
+      <c r="L2" s="78"/>
+      <c r="M2" s="78"/>
+      <c r="N2" s="78"/>
+      <c r="O2" s="78"/>
+      <c r="P2" s="78"/>
+      <c r="Q2" s="78"/>
+      <c r="R2" s="78"/>
+      <c r="S2" s="78"/>
+      <c r="T2" s="78"/>
+      <c r="U2" s="78"/>
+      <c r="V2" s="78"/>
+      <c r="W2" s="78"/>
+      <c r="X2" s="78"/>
+      <c r="Y2" s="78"/>
+      <c r="Z2" s="78"/>
+      <c r="AA2" s="78"/>
+      <c r="AB2" s="78"/>
+      <c r="AC2" s="78"/>
+      <c r="AD2" s="78"/>
+      <c r="AE2" s="78"/>
+      <c r="AF2" s="78"/>
+      <c r="AG2" s="78"/>
+      <c r="AH2" s="79"/>
     </row>
     <row r="3" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="88" t="s">
+      <c r="A3" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="89"/>
-[...31 lines deleted...]
-      <c r="AH3" s="90"/>
+      <c r="B3" s="81"/>
+      <c r="C3" s="81"/>
+      <c r="D3" s="81"/>
+      <c r="E3" s="81"/>
+      <c r="F3" s="81"/>
+      <c r="G3" s="81"/>
+      <c r="H3" s="81"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="81"/>
+      <c r="K3" s="81"/>
+      <c r="L3" s="81"/>
+      <c r="M3" s="81"/>
+      <c r="N3" s="81"/>
+      <c r="O3" s="81"/>
+      <c r="P3" s="81"/>
+      <c r="Q3" s="81"/>
+      <c r="R3" s="81"/>
+      <c r="S3" s="81"/>
+      <c r="T3" s="81"/>
+      <c r="U3" s="81"/>
+      <c r="V3" s="81"/>
+      <c r="W3" s="81"/>
+      <c r="X3" s="81"/>
+      <c r="Y3" s="81"/>
+      <c r="Z3" s="81"/>
+      <c r="AA3" s="81"/>
+      <c r="AB3" s="81"/>
+      <c r="AC3" s="81"/>
+      <c r="AD3" s="81"/>
+      <c r="AE3" s="81"/>
+      <c r="AF3" s="81"/>
+      <c r="AG3" s="81"/>
+      <c r="AH3" s="82"/>
     </row>
     <row r="4" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="91" t="s">
+      <c r="A4" s="83" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="93" t="s">
+      <c r="B4" s="85" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="93" t="s">
+      <c r="C4" s="85" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="95" t="s">
+      <c r="D4" s="87" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="95" t="s">
+      <c r="E4" s="87" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="95" t="s">
+      <c r="F4" s="87" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="95" t="s">
+      <c r="G4" s="87" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="95" t="s">
+      <c r="H4" s="87" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="97" t="s">
+      <c r="I4" s="89" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="98"/>
-      <c r="K4" s="97" t="s">
+      <c r="J4" s="90"/>
+      <c r="K4" s="89" t="s">
         <v>11</v>
       </c>
-      <c r="L4" s="99"/>
-      <c r="M4" s="80" t="s">
+      <c r="L4" s="91"/>
+      <c r="M4" s="92" t="s">
         <v>12</v>
       </c>
-      <c r="N4" s="81"/>
-      <c r="O4" s="80" t="s">
+      <c r="N4" s="93"/>
+      <c r="O4" s="92" t="s">
         <v>13</v>
       </c>
-      <c r="P4" s="81"/>
-      <c r="Q4" s="80" t="s">
+      <c r="P4" s="93"/>
+      <c r="Q4" s="92" t="s">
         <v>14</v>
       </c>
-      <c r="R4" s="81"/>
-      <c r="S4" s="80" t="s">
+      <c r="R4" s="93"/>
+      <c r="S4" s="92" t="s">
         <v>15</v>
       </c>
-      <c r="T4" s="81"/>
-      <c r="U4" s="80" t="s">
+      <c r="T4" s="93"/>
+      <c r="U4" s="92" t="s">
         <v>16</v>
       </c>
-      <c r="V4" s="81"/>
-      <c r="W4" s="80" t="s">
+      <c r="V4" s="93"/>
+      <c r="W4" s="92" t="s">
         <v>17</v>
       </c>
-      <c r="X4" s="81"/>
-      <c r="Y4" s="80" t="s">
+      <c r="X4" s="93"/>
+      <c r="Y4" s="92" t="s">
         <v>18</v>
       </c>
-      <c r="Z4" s="81"/>
-      <c r="AA4" s="80" t="s">
+      <c r="Z4" s="93"/>
+      <c r="AA4" s="92" t="s">
         <v>19</v>
       </c>
-      <c r="AB4" s="81"/>
-      <c r="AC4" s="80" t="s">
+      <c r="AB4" s="93"/>
+      <c r="AC4" s="92" t="s">
         <v>20</v>
       </c>
-      <c r="AD4" s="81"/>
-      <c r="AE4" s="80" t="s">
+      <c r="AD4" s="93"/>
+      <c r="AE4" s="92" t="s">
         <v>21</v>
       </c>
-      <c r="AF4" s="81"/>
+      <c r="AF4" s="93"/>
       <c r="AG4" s="100" t="s">
         <v>22</v>
       </c>
       <c r="AH4" s="101"/>
     </row>
     <row r="5" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="92"/>
-[...6 lines deleted...]
-      <c r="H5" s="96"/>
+      <c r="A5" s="84"/>
+      <c r="B5" s="86"/>
+      <c r="C5" s="86"/>
+      <c r="D5" s="86"/>
+      <c r="E5" s="86"/>
+      <c r="F5" s="88"/>
+      <c r="G5" s="86"/>
+      <c r="H5" s="88"/>
       <c r="I5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="N5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="P5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Q5" s="1" t="s">
@@ -2706,72 +2707,72 @@
       </c>
       <c r="H11" s="24">
         <v>4</v>
       </c>
       <c r="I11" s="25"/>
       <c r="J11" s="26"/>
       <c r="K11" s="25"/>
       <c r="L11" s="26"/>
       <c r="M11" s="27"/>
       <c r="N11" s="28"/>
       <c r="O11" s="29">
         <f>G11*15*86.4</f>
         <v>650456.89000000013</v>
       </c>
       <c r="P11" s="28"/>
       <c r="Q11" s="30"/>
       <c r="R11" s="28"/>
       <c r="S11" s="30"/>
       <c r="T11" s="28"/>
       <c r="U11" s="29">
         <f>G11*15*86.4</f>
         <v>650456.89000000013</v>
       </c>
       <c r="V11" s="28"/>
       <c r="W11" s="29">
-        <f>G1119*86.4</f>
-        <v>0</v>
+        <f>G11*15*86.4</f>
+        <v>650456.89000000013</v>
       </c>
       <c r="X11" s="28"/>
       <c r="Y11" s="29">
         <f>G12*15*86.4</f>
         <v>8215108.8499999996</v>
       </c>
       <c r="Z11" s="28"/>
       <c r="AA11" s="30"/>
       <c r="AB11" s="32"/>
       <c r="AC11" s="33"/>
       <c r="AD11" s="32"/>
       <c r="AE11" s="33"/>
       <c r="AF11" s="34"/>
       <c r="AG11" s="35">
         <f t="shared" si="5"/>
         <v>1843.96</v>
       </c>
       <c r="AH11" s="36">
         <f t="shared" si="6"/>
-        <v>9516022.629999999</v>
+        <v>10166479.52</v>
       </c>
     </row>
     <row r="12" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="22">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="B12" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="24">
         <v>1235</v>
       </c>
       <c r="D12" s="24">
         <f t="shared" si="1"/>
         <v>14.293981481481481</v>
       </c>
       <c r="E12" s="24">
         <f t="shared" si="2"/>
         <v>0.95293209876543206</v>
       </c>
       <c r="F12" s="24">
         <v>6651.91</v>
       </c>
       <c r="G12" s="24">
@@ -3118,200 +3119,200 @@
       <c r="AE16" s="47"/>
       <c r="AF16" s="48"/>
       <c r="AG16" s="49">
         <f>F16*H16</f>
         <v>23.48</v>
       </c>
       <c r="AH16" s="50">
         <f t="shared" si="6"/>
         <v>33130.280000000006</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="22">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="56"/>
       <c r="D17" s="56"/>
       <c r="E17" s="56"/>
       <c r="F17" s="56"/>
       <c r="G17" s="56"/>
       <c r="H17" s="56"/>
-      <c r="I17" s="74" t="s">
+      <c r="I17" s="102" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="75"/>
-[...1 lines deleted...]
-      <c r="L17" s="77" t="s">
+      <c r="J17" s="103"/>
+      <c r="K17" s="104"/>
+      <c r="L17" s="105" t="s">
         <v>48</v>
       </c>
-      <c r="M17" s="78"/>
-[...17 lines deleted...]
-      <c r="AE17" s="74" t="s">
+      <c r="M17" s="106"/>
+      <c r="N17" s="106"/>
+      <c r="O17" s="106"/>
+      <c r="P17" s="106"/>
+      <c r="Q17" s="106"/>
+      <c r="R17" s="106"/>
+      <c r="S17" s="106"/>
+      <c r="T17" s="106"/>
+      <c r="U17" s="106"/>
+      <c r="V17" s="106"/>
+      <c r="W17" s="106"/>
+      <c r="X17" s="106"/>
+      <c r="Y17" s="106"/>
+      <c r="Z17" s="106"/>
+      <c r="AA17" s="106"/>
+      <c r="AB17" s="106"/>
+      <c r="AC17" s="106"/>
+      <c r="AD17" s="107"/>
+      <c r="AE17" s="102" t="s">
         <v>47</v>
       </c>
-      <c r="AF17" s="76"/>
+      <c r="AF17" s="104"/>
       <c r="AG17" s="71"/>
       <c r="AH17" s="72"/>
     </row>
     <row r="18" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="51" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="52"/>
       <c r="D18" s="52"/>
       <c r="E18" s="52"/>
       <c r="F18" s="52"/>
       <c r="G18" s="53"/>
       <c r="H18" s="53"/>
       <c r="I18" s="54">
-        <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16</f>
-[...4 lines deleted...]
-        <v>0</v>
+        <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
+        <v>313961</v>
+      </c>
+      <c r="J18" s="54">
+        <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
+        <v>313961</v>
       </c>
       <c r="K18" s="54">
-        <f>K7+K8+K9+K10+K11+K12+K13+K14+K15+K16</f>
-[...4 lines deleted...]
-        <v>130173.216</v>
+        <f t="shared" si="7"/>
+        <v>215282.5</v>
+      </c>
+      <c r="L18" s="54">
+        <f t="shared" si="7"/>
+        <v>345455.71600000001</v>
       </c>
       <c r="M18" s="54">
-        <f t="shared" ref="M18:AF18" si="7">M7+M8+M9+M10+M11+M12+M13+M14+M15+M16</f>
-[...2 lines deleted...]
-      <c r="N18" s="55">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>240282.5</v>
+      </c>
+      <c r="N18" s="54">
+        <f t="shared" si="7"/>
+        <v>240282.5</v>
       </c>
       <c r="O18" s="54">
         <f t="shared" si="7"/>
-        <v>9786636.1099999994</v>
-[...1 lines deleted...]
-      <c r="P18" s="55">
+        <v>10026918.609999999</v>
+      </c>
+      <c r="P18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>240282.5</v>
       </c>
       <c r="Q18" s="54">
         <f t="shared" si="7"/>
-        <v>131900.28</v>
-[...1 lines deleted...]
-      <c r="R18" s="55">
+        <v>357182.78</v>
+      </c>
+      <c r="R18" s="54">
         <f t="shared" si="7"/>
-        <v>9745257.8346666675</v>
+        <v>9970540.3346666675</v>
       </c>
       <c r="S18" s="54">
         <f t="shared" si="7"/>
-        <v>34386.07</v>
-[...1 lines deleted...]
-      <c r="T18" s="55">
+        <v>249668.57</v>
+      </c>
+      <c r="T18" s="54">
         <f t="shared" si="7"/>
-        <v>9067410.6953333337</v>
+        <v>9282693.1953333337</v>
       </c>
       <c r="U18" s="54">
         <f t="shared" si="7"/>
-        <v>684842.96000000008</v>
-[...1 lines deleted...]
-      <c r="V18" s="55">
+        <v>925125.46000000008</v>
+      </c>
+      <c r="V18" s="54">
         <f t="shared" si="7"/>
-        <v>9615084.6186666675</v>
+        <v>9855367.1186666675</v>
       </c>
       <c r="W18" s="54">
         <f t="shared" si="7"/>
-        <v>8223391.4199999999</v>
-[...1 lines deleted...]
-      <c r="X18" s="55">
+        <v>9114130.8100000005</v>
+      </c>
+      <c r="X18" s="54">
         <f t="shared" si="7"/>
-        <v>852301.84533333336</v>
+        <v>1092584.3453333334</v>
       </c>
       <c r="Y18" s="54">
         <f t="shared" si="7"/>
-        <v>8457984.2799999993</v>
-[...1 lines deleted...]
-      <c r="Z18" s="55">
+        <v>8698266.7799999993</v>
+      </c>
+      <c r="Z18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>240282.5</v>
       </c>
       <c r="AA18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AB18" s="55">
+        <v>240282.5</v>
+      </c>
+      <c r="AB18" s="54">
         <f t="shared" si="7"/>
-        <v>104015.15733333334</v>
+        <v>344297.65733333334</v>
       </c>
       <c r="AC18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AD18" s="55">
+        <v>115282.5</v>
+      </c>
+      <c r="AD18" s="54">
         <f t="shared" si="7"/>
-        <v>104015.15733333334</v>
+        <v>219297.65733333334</v>
       </c>
       <c r="AE18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AF18" s="55">
+        <v>115282.5</v>
+      </c>
+      <c r="AF18" s="54">
         <f t="shared" si="7"/>
-        <v>0</v>
+        <v>115282.5</v>
       </c>
       <c r="AG18" s="54">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>38933.720000000008</v>
       </c>
       <c r="AH18" s="55">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>56937399.644666679</v>
+        <v>62871993.53466668</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="22">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="56"/>
       <c r="D19" s="56"/>
       <c r="E19" s="56"/>
       <c r="F19" s="56"/>
       <c r="G19" s="56"/>
       <c r="H19" s="56"/>
       <c r="I19" s="57">
         <v>0.9</v>
       </c>
       <c r="J19" s="58">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="57">
         <v>0.9</v>
@@ -3873,444 +3874,444 @@
       </c>
       <c r="Y24" s="59">
         <v>3032.5</v>
       </c>
       <c r="Z24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AA24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AB24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AC24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AD24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AE24" s="59">
         <v>3032.5</v>
       </c>
       <c r="AF24" s="59">
         <v>3032.5</v>
       </c>
-      <c r="AG24" s="102" t="s">
+      <c r="AG24" s="94" t="s">
         <v>53</v>
       </c>
-      <c r="AH24" s="103"/>
+      <c r="AH24" s="95"/>
     </row>
     <row r="25" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="22">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="23" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="56"/>
       <c r="D25" s="56"/>
       <c r="E25" s="56"/>
       <c r="F25" s="56"/>
       <c r="G25" s="56"/>
       <c r="H25" s="56"/>
       <c r="I25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="J25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="K25" s="73">
-        <v>462750</v>
+        <v>212250</v>
       </c>
       <c r="L25" s="73">
-        <v>462750</v>
+        <v>212250</v>
       </c>
       <c r="M25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="N25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="O25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="P25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="Q25" s="73">
-        <v>462750</v>
+        <v>222250</v>
       </c>
       <c r="R25" s="73">
-        <v>462750</v>
+        <v>222250</v>
       </c>
       <c r="S25" s="73">
-        <v>462750</v>
+        <v>212250</v>
       </c>
       <c r="T25" s="73">
-        <v>462750</v>
+        <v>212250</v>
       </c>
       <c r="U25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="V25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="W25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="X25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="Y25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="Z25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="AA25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="AB25" s="73">
-        <v>462750</v>
+        <v>237250</v>
       </c>
       <c r="AC25" s="73">
-        <v>462750</v>
+        <v>112250</v>
       </c>
       <c r="AD25" s="73">
-        <v>462750</v>
+        <v>112250</v>
       </c>
       <c r="AE25" s="73">
-        <v>462750</v>
+        <v>112250</v>
       </c>
       <c r="AF25" s="73">
-        <v>462750</v>
-[...2 lines deleted...]
-      <c r="AH25" s="105"/>
+        <v>112250</v>
+      </c>
+      <c r="AG25" s="96"/>
+      <c r="AH25" s="97"/>
     </row>
     <row r="26" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="22">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="23" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="56"/>
       <c r="D26" s="56"/>
       <c r="E26" s="56"/>
       <c r="F26" s="56"/>
       <c r="G26" s="56"/>
       <c r="H26" s="56"/>
       <c r="I26" s="59"/>
       <c r="J26" s="60"/>
       <c r="K26" s="59"/>
       <c r="L26" s="60"/>
       <c r="M26" s="59"/>
       <c r="N26" s="60"/>
       <c r="O26" s="59"/>
       <c r="P26" s="60"/>
       <c r="Q26" s="59"/>
       <c r="R26" s="60"/>
       <c r="S26" s="59"/>
       <c r="T26" s="60"/>
       <c r="U26" s="59"/>
       <c r="V26" s="60"/>
       <c r="W26" s="59"/>
       <c r="X26" s="60"/>
       <c r="Y26" s="59"/>
       <c r="Z26" s="60"/>
       <c r="AA26" s="59"/>
       <c r="AB26" s="60"/>
       <c r="AC26" s="59"/>
       <c r="AD26" s="60"/>
       <c r="AE26" s="59"/>
       <c r="AF26" s="60"/>
-      <c r="AG26" s="106"/>
-      <c r="AH26" s="107"/>
+      <c r="AG26" s="98"/>
+      <c r="AH26" s="99"/>
     </row>
-    <row r="27" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A27" s="22">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="23" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="56"/>
       <c r="D27" s="56"/>
       <c r="E27" s="56"/>
       <c r="F27" s="56"/>
       <c r="G27" s="56"/>
       <c r="H27" s="56"/>
       <c r="I27" s="65">
         <f>I18/I23</f>
-        <v>0</v>
+        <v>549406.33995677705</v>
       </c>
       <c r="J27" s="66">
         <f>J18/J23</f>
-        <v>0</v>
+        <v>549406.33995677705</v>
       </c>
       <c r="K27" s="65">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>0</v>
+        <v>376726.95137849881</v>
       </c>
       <c r="L27" s="66">
         <f t="shared" si="20"/>
-        <v>227792.59259259261</v>
+        <v>604519.54397109139</v>
       </c>
       <c r="M27" s="65">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>420474.92803457845</v>
       </c>
       <c r="N27" s="66">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>420474.92803457845</v>
       </c>
       <c r="O27" s="65">
         <f>O18/O23</f>
-        <v>17125821.123273049</v>
+        <v>17546296.05130763</v>
       </c>
       <c r="P27" s="66">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>420474.92803457845</v>
       </c>
       <c r="Q27" s="65">
         <f t="shared" si="20"/>
-        <v>230814.81481481483</v>
+        <v>625040.95685574552</v>
       </c>
       <c r="R27" s="66">
         <f t="shared" si="20"/>
-        <v>17053412.490338992</v>
+        <v>17447638.632379923</v>
       </c>
       <c r="S27" s="65">
         <f t="shared" si="20"/>
-        <v>60172.839506172844</v>
+        <v>436899.79088467167</v>
       </c>
       <c r="T27" s="66">
         <f t="shared" si="20"/>
-        <v>15867234.85722119</v>
+        <v>16243961.808599688</v>
       </c>
       <c r="U27" s="65">
         <f t="shared" si="20"/>
-        <v>1198419.75308642</v>
+        <v>1618894.6811209985</v>
       </c>
       <c r="V27" s="66">
         <f t="shared" si="20"/>
-        <v>16825619.897746399</v>
+        <v>17246094.825780977</v>
       </c>
       <c r="W27" s="65">
         <f t="shared" si="20"/>
-        <v>14390269.435038632</v>
+        <v>15948991.276653457</v>
       </c>
       <c r="X27" s="66">
         <f t="shared" si="20"/>
-        <v>1491459.2493430513</v>
+        <v>1911934.1773776298</v>
       </c>
       <c r="Y27" s="65">
         <f t="shared" si="20"/>
-        <v>14800787.953557149</v>
+        <v>15221262.881591726</v>
       </c>
       <c r="Z27" s="66">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>420474.92803457845</v>
       </c>
       <c r="AA27" s="65">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>420474.92803457845</v>
       </c>
       <c r="AB27" s="66">
         <f t="shared" si="20"/>
-        <v>182018.10699588479</v>
+        <v>602493.03503046324</v>
       </c>
       <c r="AC27" s="65">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>201735.04475418015</v>
       </c>
       <c r="AD27" s="66">
         <f t="shared" si="20"/>
-        <v>182018.10699588479</v>
+        <v>383753.15175006492</v>
       </c>
       <c r="AE27" s="65">
         <f t="shared" si="20"/>
-        <v>0</v>
+        <v>201735.04475418015</v>
       </c>
       <c r="AF27" s="66">
         <f>AF18/AF23</f>
-        <v>0</v>
+        <v>201735.04475418015</v>
       </c>
       <c r="AG27" s="65"/>
       <c r="AH27" s="66">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>99635841.220510215</v>
+        <v>110020900.21903153</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="22">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="38" t="s">
         <v>45</v>
       </c>
       <c r="C28" s="67"/>
       <c r="D28" s="67"/>
       <c r="E28" s="67"/>
       <c r="F28" s="67"/>
       <c r="G28" s="67"/>
       <c r="H28" s="67"/>
       <c r="I28" s="68">
         <f>I27/(15*86400)</f>
-        <v>0</v>
+        <v>0.42392464502837734</v>
       </c>
       <c r="J28" s="69">
         <f>J27/(15*86400)</f>
-        <v>0</v>
+        <v>0.42392464502837734</v>
       </c>
       <c r="K28" s="68">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>0</v>
+        <v>0.29068437606365649</v>
       </c>
       <c r="L28" s="69">
         <f t="shared" si="21"/>
-        <v>0.17576588934613627</v>
+        <v>0.46645026540979273</v>
       </c>
       <c r="M28" s="68">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.32444053089087843</v>
       </c>
       <c r="N28" s="69">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.32444053089087843</v>
       </c>
       <c r="O28" s="68">
         <f t="shared" si="21"/>
-        <v>13.214368150673648</v>
+        <v>13.538808681564529</v>
       </c>
       <c r="P28" s="69">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.32444053089087843</v>
       </c>
       <c r="Q28" s="68">
         <f t="shared" si="21"/>
-        <v>0.17809785093735711</v>
+        <v>0.48228468893190241</v>
       </c>
       <c r="R28" s="69">
         <f t="shared" si="21"/>
-        <v>13.158497291928235</v>
+        <v>13.46268412992278</v>
       </c>
       <c r="S28" s="68">
         <f t="shared" si="21"/>
-        <v>4.6429660112787687E-2</v>
+        <v>0.3371140361764442</v>
       </c>
       <c r="T28" s="69">
         <f t="shared" si="21"/>
-        <v>12.243236772547215</v>
+        <v>12.533921148610871</v>
       </c>
       <c r="U28" s="68">
         <f t="shared" si="21"/>
-        <v>0.92470659960371915</v>
+        <v>1.2491471304945976</v>
       </c>
       <c r="V28" s="69">
         <f t="shared" si="21"/>
-        <v>12.982731402582099</v>
+        <v>13.307171933472976</v>
       </c>
       <c r="W28" s="68">
         <f t="shared" si="21"/>
-        <v>11.103602959134747</v>
+        <v>12.306320429516557</v>
       </c>
       <c r="X28" s="69">
         <f t="shared" si="21"/>
-        <v>1.1508173220239595</v>
+        <v>1.4752578529148379</v>
       </c>
       <c r="Y28" s="68">
         <f t="shared" si="21"/>
-        <v>11.420361075275578</v>
+        <v>11.744801606166455</v>
       </c>
       <c r="Z28" s="69">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.32444053089087843</v>
       </c>
       <c r="AA28" s="68">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.32444053089087843</v>
       </c>
       <c r="AB28" s="69">
         <f t="shared" si="21"/>
-        <v>0.14044607021287406</v>
+        <v>0.46488660110375252</v>
       </c>
       <c r="AC28" s="68">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.15565975675476865</v>
       </c>
       <c r="AD28" s="69">
         <f t="shared" si="21"/>
-        <v>0.14044607021287406</v>
+        <v>0.2961058269676427</v>
       </c>
       <c r="AE28" s="68">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.15565975675476865</v>
       </c>
       <c r="AF28" s="69">
         <f t="shared" si="21"/>
-        <v>0</v>
+        <v>0.15565975675476865</v>
       </c>
       <c r="AG28" s="68"/>
       <c r="AH28" s="69"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="I17:K17"/>
+    <mergeCell ref="AE17:AF17"/>
+    <mergeCell ref="L17:AD17"/>
+    <mergeCell ref="Q4:R4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
-    <mergeCell ref="I4:J4"/>
-[...7 lines deleted...]
-    <mergeCell ref="Q4:R4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="AE4:AF4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="32" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>გარდაბნის სარწყავი სისტემა</vt:lpstr>
     </vt:vector>