--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -4,54 +4,54 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\კახეთი 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\კახეთი 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B10AA183-30FE-412C-B99D-432F4E4940EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5121048D-B559-49A1-8E89-A8BE13D51D81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ზემო ალაზნის მაგიტრალური არხი" sheetId="3" r:id="rId1"/>
     <sheet name="ნაურდლის მაგისტრალური არხი" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -896,51 +896,51 @@
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
     <t>სისტემის გაჩერების რეჟიმი</t>
   </si>
   <si>
     <t xml:space="preserve"> ზემო ალაზნის არხი</t>
   </si>
   <si>
     <t xml:space="preserve"> ნაურდლის არხი</t>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -2096,177 +2096,177 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2524,279 +2524,279 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F4B7B40-377A-4200-A4A7-B51B2D88028A}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="H1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="AG24" sqref="AG24:AH26"/>
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="L23" sqref="L23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="3" width="7.5703125" style="1" customWidth="1"/>
     <col min="4" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="9.85546875" style="1" customWidth="1"/>
     <col min="9" max="12" width="16.5703125" style="8" bestFit="1" customWidth="1"/>
     <col min="13" max="17" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="24" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="23" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="32" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.42578125" style="8" customWidth="1"/>
     <col min="34" max="34" width="19" style="8" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="117" t="s">
+      <c r="A1" s="135" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="118"/>
-[...31 lines deleted...]
-      <c r="AH1" s="119"/>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="136"/>
+      <c r="F1" s="136"/>
+      <c r="G1" s="136"/>
+      <c r="H1" s="136"/>
+      <c r="I1" s="136"/>
+      <c r="J1" s="136"/>
+      <c r="K1" s="136"/>
+      <c r="L1" s="136"/>
+      <c r="M1" s="136"/>
+      <c r="N1" s="136"/>
+      <c r="O1" s="136"/>
+      <c r="P1" s="136"/>
+      <c r="Q1" s="136"/>
+      <c r="R1" s="136"/>
+      <c r="S1" s="136"/>
+      <c r="T1" s="136"/>
+      <c r="U1" s="136"/>
+      <c r="V1" s="136"/>
+      <c r="W1" s="136"/>
+      <c r="X1" s="136"/>
+      <c r="Y1" s="136"/>
+      <c r="Z1" s="136"/>
+      <c r="AA1" s="136"/>
+      <c r="AB1" s="136"/>
+      <c r="AC1" s="136"/>
+      <c r="AD1" s="136"/>
+      <c r="AE1" s="136"/>
+      <c r="AF1" s="136"/>
+      <c r="AG1" s="136"/>
+      <c r="AH1" s="137"/>
     </row>
     <row r="2" spans="1:34" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="120" t="s">
+      <c r="A2" s="138" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="121"/>
-[...31 lines deleted...]
-      <c r="AH2" s="122"/>
+      <c r="B2" s="139"/>
+      <c r="C2" s="139"/>
+      <c r="D2" s="139"/>
+      <c r="E2" s="139"/>
+      <c r="F2" s="139"/>
+      <c r="G2" s="139"/>
+      <c r="H2" s="139"/>
+      <c r="I2" s="139"/>
+      <c r="J2" s="139"/>
+      <c r="K2" s="139"/>
+      <c r="L2" s="139"/>
+      <c r="M2" s="139"/>
+      <c r="N2" s="139"/>
+      <c r="O2" s="139"/>
+      <c r="P2" s="139"/>
+      <c r="Q2" s="139"/>
+      <c r="R2" s="139"/>
+      <c r="S2" s="139"/>
+      <c r="T2" s="139"/>
+      <c r="U2" s="139"/>
+      <c r="V2" s="139"/>
+      <c r="W2" s="139"/>
+      <c r="X2" s="139"/>
+      <c r="Y2" s="139"/>
+      <c r="Z2" s="139"/>
+      <c r="AA2" s="139"/>
+      <c r="AB2" s="139"/>
+      <c r="AC2" s="139"/>
+      <c r="AD2" s="139"/>
+      <c r="AE2" s="139"/>
+      <c r="AF2" s="139"/>
+      <c r="AG2" s="139"/>
+      <c r="AH2" s="140"/>
     </row>
     <row r="3" spans="1:34" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="123" t="s">
+      <c r="A3" s="141" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="124"/>
-[...31 lines deleted...]
-      <c r="AH3" s="125"/>
+      <c r="B3" s="142"/>
+      <c r="C3" s="142"/>
+      <c r="D3" s="142"/>
+      <c r="E3" s="142"/>
+      <c r="F3" s="142"/>
+      <c r="G3" s="142"/>
+      <c r="H3" s="142"/>
+      <c r="I3" s="142"/>
+      <c r="J3" s="142"/>
+      <c r="K3" s="142"/>
+      <c r="L3" s="142"/>
+      <c r="M3" s="142"/>
+      <c r="N3" s="142"/>
+      <c r="O3" s="142"/>
+      <c r="P3" s="142"/>
+      <c r="Q3" s="142"/>
+      <c r="R3" s="142"/>
+      <c r="S3" s="142"/>
+      <c r="T3" s="142"/>
+      <c r="U3" s="142"/>
+      <c r="V3" s="142"/>
+      <c r="W3" s="142"/>
+      <c r="X3" s="142"/>
+      <c r="Y3" s="142"/>
+      <c r="Z3" s="142"/>
+      <c r="AA3" s="142"/>
+      <c r="AB3" s="142"/>
+      <c r="AC3" s="142"/>
+      <c r="AD3" s="142"/>
+      <c r="AE3" s="142"/>
+      <c r="AF3" s="142"/>
+      <c r="AG3" s="142"/>
+      <c r="AH3" s="143"/>
     </row>
     <row r="4" spans="1:34" ht="66.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="133" t="s">
+      <c r="A4" s="147" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="136" t="s">
+      <c r="B4" s="118" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="136" t="s">
+      <c r="C4" s="118" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="126" t="s">
+      <c r="D4" s="115" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="126" t="s">
+      <c r="E4" s="115" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="126" t="s">
+      <c r="F4" s="115" t="s">
         <v>29</v>
       </c>
-      <c r="G4" s="126" t="s">
+      <c r="G4" s="115" t="s">
         <v>30</v>
       </c>
-      <c r="H4" s="126" t="s">
+      <c r="H4" s="115" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="128" t="s">
+      <c r="I4" s="144" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="129"/>
-      <c r="K4" s="128" t="s">
+      <c r="J4" s="145"/>
+      <c r="K4" s="144" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="130"/>
-      <c r="M4" s="131" t="s">
+      <c r="L4" s="146"/>
+      <c r="M4" s="128" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="132"/>
-      <c r="O4" s="131" t="s">
+      <c r="N4" s="129"/>
+      <c r="O4" s="128" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="132"/>
-      <c r="Q4" s="131" t="s">
+      <c r="P4" s="129"/>
+      <c r="Q4" s="128" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="132"/>
-      <c r="S4" s="131" t="s">
+      <c r="R4" s="129"/>
+      <c r="S4" s="128" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="132"/>
-      <c r="U4" s="131" t="s">
+      <c r="T4" s="129"/>
+      <c r="U4" s="128" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="132"/>
-      <c r="W4" s="131" t="s">
+      <c r="V4" s="129"/>
+      <c r="W4" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="132"/>
-      <c r="Y4" s="131" t="s">
+      <c r="X4" s="129"/>
+      <c r="Y4" s="128" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="132"/>
-      <c r="AA4" s="131" t="s">
+      <c r="Z4" s="129"/>
+      <c r="AA4" s="128" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="132"/>
-      <c r="AC4" s="131" t="s">
+      <c r="AB4" s="129"/>
+      <c r="AC4" s="128" t="s">
         <v>42</v>
       </c>
-      <c r="AD4" s="132"/>
-      <c r="AE4" s="131" t="s">
+      <c r="AD4" s="129"/>
+      <c r="AE4" s="128" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="132"/>
-      <c r="AG4" s="115" t="s">
+      <c r="AF4" s="129"/>
+      <c r="AG4" s="133" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="116"/>
+      <c r="AH4" s="134"/>
     </row>
     <row r="5" spans="1:34" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="134"/>
-[...6 lines deleted...]
-      <c r="H5" s="135"/>
+      <c r="A5" s="148"/>
+      <c r="B5" s="116"/>
+      <c r="C5" s="116"/>
+      <c r="D5" s="116"/>
+      <c r="E5" s="116"/>
+      <c r="F5" s="117"/>
+      <c r="G5" s="116"/>
+      <c r="H5" s="117"/>
       <c r="I5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="21" t="s">
@@ -3687,80 +3687,80 @@
       <c r="AD16" s="72"/>
       <c r="AE16" s="71"/>
       <c r="AF16" s="72"/>
       <c r="AG16" s="77">
         <f>F16*H16</f>
         <v>158.76</v>
       </c>
       <c r="AH16" s="78">
         <f t="shared" si="5"/>
         <v>227743.86600000001</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="85">
         <v>11</v>
       </c>
       <c r="B17" s="97" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="89"/>
       <c r="D17" s="79"/>
       <c r="E17" s="79"/>
       <c r="F17" s="80"/>
       <c r="G17" s="79"/>
       <c r="H17" s="79"/>
-      <c r="I17" s="137" t="s">
+      <c r="I17" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="J17" s="138"/>
-[...3 lines deleted...]
-      <c r="N17" s="140" t="s">
+      <c r="J17" s="126"/>
+      <c r="K17" s="126"/>
+      <c r="L17" s="126"/>
+      <c r="M17" s="127"/>
+      <c r="N17" s="130" t="s">
         <v>49</v>
       </c>
-      <c r="O17" s="141"/>
-[...12 lines deleted...]
-      <c r="AB17" s="137" t="s">
+      <c r="O17" s="131"/>
+      <c r="P17" s="131"/>
+      <c r="Q17" s="131"/>
+      <c r="R17" s="131"/>
+      <c r="S17" s="131"/>
+      <c r="T17" s="131"/>
+      <c r="U17" s="131"/>
+      <c r="V17" s="131"/>
+      <c r="W17" s="131"/>
+      <c r="X17" s="131"/>
+      <c r="Y17" s="131"/>
+      <c r="Z17" s="131"/>
+      <c r="AA17" s="132"/>
+      <c r="AB17" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="AC17" s="138"/>
-[...2 lines deleted...]
-      <c r="AF17" s="139"/>
+      <c r="AC17" s="126"/>
+      <c r="AD17" s="126"/>
+      <c r="AE17" s="126"/>
+      <c r="AF17" s="127"/>
       <c r="AG17" s="96"/>
       <c r="AH17" s="81"/>
     </row>
     <row r="18" spans="1:34" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="84">
         <v>12</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="90"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="43"/>
       <c r="H18" s="44"/>
       <c r="I18" s="102">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>5356800</v>
       </c>
       <c r="J18" s="102">
         <f t="shared" ref="J18:AF18" si="6">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>5356800</v>
       </c>
       <c r="K18" s="102">
@@ -4387,98 +4387,98 @@
       <c r="H24" s="19"/>
       <c r="I24" s="106"/>
       <c r="J24" s="106"/>
       <c r="K24" s="106"/>
       <c r="L24" s="106"/>
       <c r="M24" s="106"/>
       <c r="N24" s="106"/>
       <c r="O24" s="106"/>
       <c r="P24" s="106"/>
       <c r="Q24" s="106"/>
       <c r="R24" s="106"/>
       <c r="S24" s="106"/>
       <c r="T24" s="106"/>
       <c r="U24" s="106"/>
       <c r="V24" s="106"/>
       <c r="W24" s="106"/>
       <c r="X24" s="106"/>
       <c r="Y24" s="106"/>
       <c r="Z24" s="106"/>
       <c r="AA24" s="106"/>
       <c r="AB24" s="106"/>
       <c r="AC24" s="106"/>
       <c r="AD24" s="106"/>
       <c r="AE24" s="106"/>
       <c r="AF24" s="106"/>
-      <c r="AG24" s="152" t="s">
+      <c r="AG24" s="119" t="s">
         <v>56</v>
       </c>
-      <c r="AH24" s="153"/>
+      <c r="AH24" s="120"/>
     </row>
     <row r="25" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A25" s="84">
         <v>19</v>
       </c>
       <c r="B25" s="82" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="91"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="19"/>
       <c r="I25" s="105"/>
       <c r="J25" s="105"/>
       <c r="K25" s="105"/>
       <c r="L25" s="105"/>
       <c r="M25" s="105"/>
       <c r="N25" s="105"/>
       <c r="O25" s="105"/>
       <c r="P25" s="105"/>
       <c r="Q25" s="105"/>
       <c r="R25" s="105"/>
       <c r="S25" s="105"/>
       <c r="T25" s="105"/>
       <c r="U25" s="105">
         <v>150</v>
       </c>
       <c r="V25" s="105">
         <v>150</v>
       </c>
       <c r="W25" s="105"/>
       <c r="X25" s="105"/>
       <c r="Y25" s="105"/>
       <c r="Z25" s="105"/>
       <c r="AA25" s="105"/>
       <c r="AB25" s="105"/>
       <c r="AC25" s="105"/>
       <c r="AD25" s="105"/>
       <c r="AE25" s="105"/>
       <c r="AF25" s="105"/>
-      <c r="AG25" s="154"/>
-      <c r="AH25" s="155"/>
+      <c r="AG25" s="121"/>
+      <c r="AH25" s="122"/>
     </row>
     <row r="26" spans="1:34" ht="33.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="85">
         <f t="shared" ref="A26" si="19">A25+1</f>
         <v>20</v>
       </c>
       <c r="B26" s="82" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="91"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="19"/>
       <c r="I26" s="110">
         <v>5356800</v>
       </c>
       <c r="J26" s="110">
         <v>5356800</v>
       </c>
       <c r="K26" s="106">
         <v>6177600</v>
       </c>
       <c r="L26" s="106">
@@ -4518,52 +4518,52 @@
       <c r="X26" s="105"/>
       <c r="Y26" s="106">
         <v>10368000</v>
       </c>
       <c r="Z26" s="106">
         <v>10368000</v>
       </c>
       <c r="AA26" s="106">
         <v>8704800</v>
       </c>
       <c r="AB26" s="106">
         <v>8704800</v>
       </c>
       <c r="AC26" s="106">
         <v>8424000</v>
       </c>
       <c r="AD26" s="106">
         <v>8424000</v>
       </c>
       <c r="AE26" s="106">
         <v>6696000</v>
       </c>
       <c r="AF26" s="106">
         <v>6696000</v>
       </c>
-      <c r="AG26" s="156"/>
-      <c r="AH26" s="157"/>
+      <c r="AG26" s="123"/>
+      <c r="AH26" s="124"/>
     </row>
     <row r="27" spans="1:34" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="84">
         <v>21</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="91"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="19"/>
       <c r="I27" s="107">
         <f>I18/I23</f>
         <v>9373966.454051502</v>
       </c>
       <c r="J27" s="107">
         <f>J18/J23</f>
         <v>9373966.454051502</v>
       </c>
       <c r="K27" s="107">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
         <v>10810300.023623908</v>
@@ -4750,311 +4750,311 @@
       <c r="AB28" s="107">
         <f t="shared" si="21"/>
         <v>11.75362306160007</v>
       </c>
       <c r="AC28" s="107">
         <f t="shared" si="21"/>
         <v>11.374473930580713</v>
       </c>
       <c r="AD28" s="107">
         <f t="shared" si="21"/>
         <v>11.374473930580713</v>
       </c>
       <c r="AE28" s="107">
         <f t="shared" si="21"/>
         <v>9.0412485089231289</v>
       </c>
       <c r="AF28" s="107">
         <f t="shared" si="21"/>
         <v>9.0412485089231289</v>
       </c>
       <c r="AG28" s="101"/>
       <c r="AH28" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="AG24:AH26"/>
-[...11 lines deleted...]
-    <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="AG24:AH26"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="N17:AA17"/>
+    <mergeCell ref="AG4:AH4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="40" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72304D07-5598-4780-9991-D78D4DD9A21E}">
   <dimension ref="A1:AH28"/>
   <sheetViews>
     <sheetView topLeftCell="H1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="AF31" sqref="AF31"/>
+      <selection activeCell="N22" sqref="N22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" customWidth="1"/>
     <col min="2" max="2" width="32" customWidth="1"/>
     <col min="3" max="3" width="7.42578125" customWidth="1"/>
     <col min="6" max="6" width="9.85546875" customWidth="1"/>
     <col min="9" max="10" width="15.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="13" max="20" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="13.7109375" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" customWidth="1"/>
     <col min="34" max="34" width="16.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="117" t="s">
+      <c r="A1" s="135" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="118"/>
-[...31 lines deleted...]
-      <c r="AH1" s="119"/>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="136"/>
+      <c r="F1" s="136"/>
+      <c r="G1" s="136"/>
+      <c r="H1" s="136"/>
+      <c r="I1" s="136"/>
+      <c r="J1" s="136"/>
+      <c r="K1" s="136"/>
+      <c r="L1" s="136"/>
+      <c r="M1" s="136"/>
+      <c r="N1" s="136"/>
+      <c r="O1" s="136"/>
+      <c r="P1" s="136"/>
+      <c r="Q1" s="136"/>
+      <c r="R1" s="136"/>
+      <c r="S1" s="136"/>
+      <c r="T1" s="136"/>
+      <c r="U1" s="136"/>
+      <c r="V1" s="136"/>
+      <c r="W1" s="136"/>
+      <c r="X1" s="136"/>
+      <c r="Y1" s="136"/>
+      <c r="Z1" s="136"/>
+      <c r="AA1" s="136"/>
+      <c r="AB1" s="136"/>
+      <c r="AC1" s="136"/>
+      <c r="AD1" s="136"/>
+      <c r="AE1" s="136"/>
+      <c r="AF1" s="136"/>
+      <c r="AG1" s="136"/>
+      <c r="AH1" s="137"/>
     </row>
     <row r="2" spans="1:34" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="120" t="s">
+      <c r="A2" s="138" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="121"/>
-[...31 lines deleted...]
-      <c r="AH2" s="122"/>
+      <c r="B2" s="139"/>
+      <c r="C2" s="139"/>
+      <c r="D2" s="139"/>
+      <c r="E2" s="139"/>
+      <c r="F2" s="139"/>
+      <c r="G2" s="139"/>
+      <c r="H2" s="139"/>
+      <c r="I2" s="139"/>
+      <c r="J2" s="139"/>
+      <c r="K2" s="139"/>
+      <c r="L2" s="139"/>
+      <c r="M2" s="139"/>
+      <c r="N2" s="139"/>
+      <c r="O2" s="139"/>
+      <c r="P2" s="139"/>
+      <c r="Q2" s="139"/>
+      <c r="R2" s="139"/>
+      <c r="S2" s="139"/>
+      <c r="T2" s="139"/>
+      <c r="U2" s="139"/>
+      <c r="V2" s="139"/>
+      <c r="W2" s="139"/>
+      <c r="X2" s="139"/>
+      <c r="Y2" s="139"/>
+      <c r="Z2" s="139"/>
+      <c r="AA2" s="139"/>
+      <c r="AB2" s="139"/>
+      <c r="AC2" s="139"/>
+      <c r="AD2" s="139"/>
+      <c r="AE2" s="139"/>
+      <c r="AF2" s="139"/>
+      <c r="AG2" s="139"/>
+      <c r="AH2" s="140"/>
     </row>
     <row r="3" spans="1:34" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="123" t="s">
+      <c r="A3" s="141" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="124"/>
-[...31 lines deleted...]
-      <c r="AH3" s="125"/>
+      <c r="B3" s="142"/>
+      <c r="C3" s="142"/>
+      <c r="D3" s="142"/>
+      <c r="E3" s="142"/>
+      <c r="F3" s="142"/>
+      <c r="G3" s="142"/>
+      <c r="H3" s="142"/>
+      <c r="I3" s="142"/>
+      <c r="J3" s="142"/>
+      <c r="K3" s="142"/>
+      <c r="L3" s="142"/>
+      <c r="M3" s="142"/>
+      <c r="N3" s="142"/>
+      <c r="O3" s="142"/>
+      <c r="P3" s="142"/>
+      <c r="Q3" s="142"/>
+      <c r="R3" s="142"/>
+      <c r="S3" s="142"/>
+      <c r="T3" s="142"/>
+      <c r="U3" s="142"/>
+      <c r="V3" s="142"/>
+      <c r="W3" s="142"/>
+      <c r="X3" s="142"/>
+      <c r="Y3" s="142"/>
+      <c r="Z3" s="142"/>
+      <c r="AA3" s="142"/>
+      <c r="AB3" s="142"/>
+      <c r="AC3" s="142"/>
+      <c r="AD3" s="142"/>
+      <c r="AE3" s="142"/>
+      <c r="AF3" s="142"/>
+      <c r="AG3" s="142"/>
+      <c r="AH3" s="143"/>
     </row>
     <row r="4" spans="1:34" ht="66.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="133" t="s">
+      <c r="A4" s="147" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="133" t="s">
+      <c r="B4" s="147" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="133" t="s">
+      <c r="C4" s="147" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="149" t="s">
+      <c r="D4" s="153" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="149" t="s">
+      <c r="E4" s="153" t="s">
         <v>28</v>
       </c>
-      <c r="F4" s="149" t="s">
+      <c r="F4" s="153" t="s">
         <v>29</v>
       </c>
-      <c r="G4" s="149" t="s">
+      <c r="G4" s="153" t="s">
         <v>30</v>
       </c>
-      <c r="H4" s="149" t="s">
+      <c r="H4" s="153" t="s">
         <v>39</v>
       </c>
-      <c r="I4" s="147" t="s">
+      <c r="I4" s="149" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="148"/>
-      <c r="K4" s="147" t="s">
+      <c r="J4" s="157"/>
+      <c r="K4" s="149" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="151"/>
-      <c r="M4" s="143" t="s">
+      <c r="L4" s="150"/>
+      <c r="M4" s="151" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="144"/>
-      <c r="O4" s="143" t="s">
+      <c r="N4" s="152"/>
+      <c r="O4" s="151" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="144"/>
-      <c r="Q4" s="143" t="s">
+      <c r="P4" s="152"/>
+      <c r="Q4" s="151" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="144"/>
-      <c r="S4" s="143" t="s">
+      <c r="R4" s="152"/>
+      <c r="S4" s="151" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="144"/>
-      <c r="U4" s="143" t="s">
+      <c r="T4" s="152"/>
+      <c r="U4" s="151" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="144"/>
-      <c r="W4" s="143" t="s">
+      <c r="V4" s="152"/>
+      <c r="W4" s="151" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="144"/>
-      <c r="Y4" s="143" t="s">
+      <c r="X4" s="152"/>
+      <c r="Y4" s="151" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="144"/>
-      <c r="AA4" s="143" t="s">
+      <c r="Z4" s="152"/>
+      <c r="AA4" s="151" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="144"/>
-      <c r="AC4" s="143" t="s">
+      <c r="AB4" s="152"/>
+      <c r="AC4" s="151" t="s">
         <v>42</v>
       </c>
-      <c r="AD4" s="144"/>
-      <c r="AE4" s="143" t="s">
+      <c r="AD4" s="152"/>
+      <c r="AE4" s="151" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="144"/>
-      <c r="AG4" s="145" t="s">
+      <c r="AF4" s="152"/>
+      <c r="AG4" s="155" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="146"/>
+      <c r="AH4" s="156"/>
     </row>
     <row r="5" spans="1:34" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="134"/>
-[...6 lines deleted...]
-      <c r="H5" s="150"/>
+      <c r="A5" s="148"/>
+      <c r="B5" s="148"/>
+      <c r="C5" s="148"/>
+      <c r="D5" s="148"/>
+      <c r="E5" s="148"/>
+      <c r="F5" s="154"/>
+      <c r="G5" s="148"/>
+      <c r="H5" s="154"/>
       <c r="I5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="23" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="22" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="21" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="22" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="21" t="s">
@@ -5944,80 +5944,80 @@
       <c r="AD16" s="37"/>
       <c r="AE16" s="36"/>
       <c r="AF16" s="37"/>
       <c r="AG16" s="56">
         <f>F16*H16</f>
         <v>17.84</v>
       </c>
       <c r="AH16" s="53">
         <f t="shared" si="5"/>
         <v>25591.777333333332</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="85">
         <v>11</v>
       </c>
       <c r="B17" s="97" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="95"/>
       <c r="D17" s="83"/>
       <c r="E17" s="83"/>
       <c r="F17" s="83"/>
       <c r="G17" s="83"/>
       <c r="H17" s="83"/>
-      <c r="I17" s="137" t="s">
+      <c r="I17" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="J17" s="138"/>
-[...3 lines deleted...]
-      <c r="N17" s="140" t="s">
+      <c r="J17" s="126"/>
+      <c r="K17" s="126"/>
+      <c r="L17" s="126"/>
+      <c r="M17" s="127"/>
+      <c r="N17" s="130" t="s">
         <v>49</v>
       </c>
-      <c r="O17" s="141"/>
-[...12 lines deleted...]
-      <c r="AB17" s="137" t="s">
+      <c r="O17" s="131"/>
+      <c r="P17" s="131"/>
+      <c r="Q17" s="131"/>
+      <c r="R17" s="131"/>
+      <c r="S17" s="131"/>
+      <c r="T17" s="131"/>
+      <c r="U17" s="131"/>
+      <c r="V17" s="131"/>
+      <c r="W17" s="131"/>
+      <c r="X17" s="131"/>
+      <c r="Y17" s="131"/>
+      <c r="Z17" s="131"/>
+      <c r="AA17" s="132"/>
+      <c r="AB17" s="125" t="s">
         <v>48</v>
       </c>
-      <c r="AC17" s="138"/>
-[...2 lines deleted...]
-      <c r="AF17" s="139"/>
+      <c r="AC17" s="126"/>
+      <c r="AD17" s="126"/>
+      <c r="AE17" s="126"/>
+      <c r="AF17" s="127"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="84">
         <v>12</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="90"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="61"/>
       <c r="H18" s="62"/>
       <c r="I18" s="107">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>2008800</v>
       </c>
       <c r="J18" s="107">
         <f t="shared" ref="J18:AF18" si="6">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>2008800</v>
       </c>
       <c r="K18" s="107">
@@ -6607,131 +6607,131 @@
         <v>0.57145499999999994</v>
       </c>
       <c r="AB23" s="105">
         <f t="shared" si="18"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AC23" s="105">
         <f t="shared" si="18"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AD23" s="105">
         <f t="shared" si="18"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AE23" s="105">
         <f t="shared" si="18"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AF23" s="105">
         <f t="shared" si="18"/>
         <v>0.57145499999999994</v>
       </c>
       <c r="AG23" s="99"/>
       <c r="AH23" s="15"/>
     </row>
-    <row r="24" spans="1:34" ht="33.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:34" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="35">
         <v>18</v>
       </c>
       <c r="B24" s="82" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="19"/>
       <c r="I24" s="105"/>
       <c r="J24" s="105"/>
       <c r="K24" s="105"/>
       <c r="L24" s="105"/>
       <c r="M24" s="105"/>
       <c r="N24" s="105"/>
       <c r="O24" s="105"/>
       <c r="P24" s="105"/>
       <c r="Q24" s="105"/>
       <c r="R24" s="105"/>
       <c r="S24" s="105"/>
       <c r="T24" s="105"/>
       <c r="U24" s="105"/>
       <c r="V24" s="105"/>
       <c r="W24" s="105"/>
       <c r="X24" s="105"/>
       <c r="Y24" s="105"/>
       <c r="Z24" s="105"/>
       <c r="AA24" s="105"/>
       <c r="AB24" s="105"/>
       <c r="AC24" s="105"/>
       <c r="AD24" s="105"/>
       <c r="AE24" s="105"/>
       <c r="AF24" s="105"/>
-      <c r="AG24" s="152" t="s">
+      <c r="AG24" s="119" t="s">
         <v>56</v>
       </c>
-      <c r="AH24" s="153"/>
+      <c r="AH24" s="120"/>
     </row>
     <row r="25" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A25" s="35">
         <v>19</v>
       </c>
       <c r="B25" s="82" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="19"/>
       <c r="I25" s="105"/>
       <c r="J25" s="105"/>
       <c r="K25" s="105"/>
       <c r="L25" s="105"/>
       <c r="M25" s="105"/>
       <c r="N25" s="105"/>
       <c r="O25" s="105"/>
       <c r="P25" s="105"/>
       <c r="Q25" s="105"/>
       <c r="R25" s="105"/>
       <c r="S25" s="105"/>
       <c r="T25" s="105"/>
       <c r="U25" s="105"/>
       <c r="V25" s="105"/>
       <c r="W25" s="105"/>
       <c r="X25" s="105"/>
       <c r="Y25" s="105"/>
       <c r="Z25" s="105"/>
       <c r="AA25" s="105"/>
       <c r="AB25" s="105"/>
       <c r="AC25" s="105"/>
       <c r="AD25" s="105"/>
       <c r="AE25" s="105"/>
       <c r="AF25" s="105"/>
-      <c r="AG25" s="154"/>
-      <c r="AH25" s="155"/>
+      <c r="AG25" s="121"/>
+      <c r="AH25" s="122"/>
     </row>
     <row r="26" spans="1:34" ht="33.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="27">
         <f t="shared" ref="A26" si="19">A25+1</f>
         <v>20</v>
       </c>
       <c r="B26" s="82" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="19"/>
       <c r="I26" s="110">
         <v>2008800</v>
       </c>
       <c r="J26" s="110">
         <v>2008800</v>
       </c>
       <c r="K26" s="109">
         <v>1814400</v>
       </c>
       <c r="L26" s="109">
@@ -6767,52 +6767,52 @@
       <c r="X26" s="105"/>
       <c r="Y26" s="109">
         <v>3888000</v>
       </c>
       <c r="Z26" s="109">
         <v>3888000</v>
       </c>
       <c r="AA26" s="109">
         <v>4687200</v>
       </c>
       <c r="AB26" s="109">
         <v>4687200</v>
       </c>
       <c r="AC26" s="109">
         <v>3888000</v>
       </c>
       <c r="AD26" s="109">
         <v>3888000</v>
       </c>
       <c r="AE26" s="109">
         <v>2678400</v>
       </c>
       <c r="AF26" s="109">
         <v>2678400</v>
       </c>
-      <c r="AG26" s="156"/>
-      <c r="AH26" s="157"/>
+      <c r="AG26" s="123"/>
+      <c r="AH26" s="124"/>
     </row>
     <row r="27" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="35">
         <v>21</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="19"/>
       <c r="I27" s="107">
         <f>I18/I23</f>
         <v>3515237.4202693128</v>
       </c>
       <c r="J27" s="107">
         <f>J18/J23</f>
         <v>3515237.4202693128</v>
       </c>
       <c r="K27" s="107">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
         <v>3175053.1537916376</v>
@@ -6999,78 +6999,78 @@
       <c r="AB28" s="107">
         <f t="shared" si="21"/>
         <v>6.3288739562461904</v>
       </c>
       <c r="AC28" s="107">
         <f t="shared" si="21"/>
         <v>5.2497571987295597</v>
       </c>
       <c r="AD28" s="107">
         <f t="shared" si="21"/>
         <v>5.2497571987295597</v>
       </c>
       <c r="AE28" s="107">
         <f t="shared" si="21"/>
         <v>3.6164994035692524</v>
       </c>
       <c r="AF28" s="107">
         <f t="shared" si="21"/>
         <v>3.6164994035692524</v>
       </c>
       <c r="AG28" s="101"/>
       <c r="AH28" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="AG24:AH26"/>
-[...10 lines deleted...]
-    <mergeCell ref="I17:M17"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I17:M17"/>
+    <mergeCell ref="AG24:AH26"/>
+    <mergeCell ref="N17:AA17"/>
+    <mergeCell ref="AB17:AF17"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q4:R4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="39" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ზემო ალაზნის მაგიტრალური არხი</vt:lpstr>
       <vt:lpstr>ნაურდლის მაგისტრალური არხი</vt:lpstr>