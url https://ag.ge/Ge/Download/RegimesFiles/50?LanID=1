--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -5,54 +5,54 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\კახეთი 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\კახეთი 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6CD56EFB-449B-4BA2-B56B-064DC06EAFDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DD5BD251-36B1-4CDB-92D6-BAB9A2F142C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ქვემო ალაზნის მაგისტრალური არხი" sheetId="21" r:id="rId1"/>
     <sheet name="სამთაწყაროს მ.ს.ს." sheetId="22" r:id="rId2"/>
     <sheet name="ფიროსმანის მ.ს.ს." sheetId="23" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -871,76 +871,76 @@
   <c r="S16" i="21"/>
   <c r="O8" i="21"/>
   <c r="AB8" i="21"/>
   <c r="V8" i="21"/>
   <c r="T8" i="21"/>
   <c r="X8" i="21"/>
   <c r="Y15" i="21"/>
   <c r="Q15" i="21"/>
   <c r="W15" i="21"/>
   <c r="S15" i="21"/>
   <c r="O15" i="21"/>
   <c r="AH14" i="21"/>
   <c r="R7" i="21"/>
   <c r="R18" i="21" s="1"/>
   <c r="W7" i="21"/>
   <c r="U7" i="21"/>
   <c r="U18" i="21" s="1"/>
   <c r="T7" i="21"/>
   <c r="S18" i="21" l="1"/>
   <c r="S27" i="21" s="1"/>
   <c r="S28" i="21" s="1"/>
   <c r="Q18" i="21"/>
   <c r="Q27" i="21" s="1"/>
   <c r="Q28" i="21" s="1"/>
   <c r="X18" i="21"/>
+  <c r="X27" i="21" s="1"/>
+  <c r="X28" i="21" s="1"/>
   <c r="T18" i="21"/>
   <c r="T27" i="21" s="1"/>
   <c r="T28" i="21" s="1"/>
   <c r="V18" i="21"/>
   <c r="V27" i="21" s="1"/>
   <c r="V28" i="21" s="1"/>
   <c r="AB18" i="21"/>
   <c r="Y18" i="21"/>
+  <c r="Y27" i="21" s="1"/>
+  <c r="Y28" i="21" s="1"/>
   <c r="W18" i="21"/>
+  <c r="W27" i="21" s="1"/>
+  <c r="W28" i="21" s="1"/>
   <c r="O18" i="21"/>
   <c r="O27" i="21" s="1"/>
   <c r="O28" i="21" s="1"/>
   <c r="AB27" i="21"/>
   <c r="AB28" i="21" s="1"/>
   <c r="AA27" i="21"/>
   <c r="AA28" i="21" s="1"/>
   <c r="P27" i="21"/>
   <c r="P28" i="21" s="1"/>
   <c r="U27" i="21"/>
   <c r="U28" i="21" s="1"/>
-  <c r="W27" i="21"/>
-[...4 lines deleted...]
-  <c r="Y28" i="21" s="1"/>
   <c r="AH15" i="21"/>
   <c r="AH16" i="21"/>
   <c r="N27" i="21"/>
   <c r="N28" i="21" s="1"/>
   <c r="AH10" i="21"/>
   <c r="AH8" i="21"/>
   <c r="AH12" i="21"/>
   <c r="AH11" i="21"/>
   <c r="AH13" i="21"/>
   <c r="AH9" i="21"/>
   <c r="AH7" i="21"/>
   <c r="R27" i="21" l="1"/>
   <c r="AH18" i="21"/>
   <c r="R28" i="21" l="1"/>
   <c r="AH27" i="21"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="56">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
@@ -1241,51 +1241,51 @@
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">W </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> მოცულობა</t>
     </r>
   </si>
   <si>
     <t>ფიროსმნანის მექანიკური სატუმბი სადგური</t>
   </si>
   <si>
     <t>ქვემო ალაზნის არხი</t>
   </si>
   <si>
     <t>სამთაწყაროს მექანიკური სატუმბი სადგური</t>
   </si>
   <si>
-    <t>ესხებათ პირველი კატეგორიის დეფიციტი</t>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -2285,115 +2285,115 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2654,276 +2654,276 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B812F8E-0E50-4808-B89B-1558D7C6D9A5}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D3" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <selection activeCell="AG24" sqref="AG24:AH26"/>
+    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="50" workbookViewId="0">
+      <selection activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="10" width="17.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="16.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="17.7109375" style="1" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="21" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="25" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="26" max="26" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="15.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="16.85546875" style="1" customWidth="1"/>
     <col min="30" max="30" width="17.140625" style="1" customWidth="1"/>
     <col min="31" max="32" width="17.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="13.85546875" style="2" customWidth="1"/>
     <col min="34" max="34" width="18.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="105" t="s">
+      <c r="A1" s="111" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="106"/>
-[...31 lines deleted...]
-      <c r="AH1" s="107"/>
+      <c r="B1" s="112"/>
+      <c r="C1" s="112"/>
+      <c r="D1" s="112"/>
+      <c r="E1" s="112"/>
+      <c r="F1" s="112"/>
+      <c r="G1" s="112"/>
+      <c r="H1" s="112"/>
+      <c r="I1" s="112"/>
+      <c r="J1" s="112"/>
+      <c r="K1" s="112"/>
+      <c r="L1" s="112"/>
+      <c r="M1" s="112"/>
+      <c r="N1" s="112"/>
+      <c r="O1" s="112"/>
+      <c r="P1" s="112"/>
+      <c r="Q1" s="112"/>
+      <c r="R1" s="112"/>
+      <c r="S1" s="112"/>
+      <c r="T1" s="112"/>
+      <c r="U1" s="112"/>
+      <c r="V1" s="112"/>
+      <c r="W1" s="112"/>
+      <c r="X1" s="112"/>
+      <c r="Y1" s="112"/>
+      <c r="Z1" s="112"/>
+      <c r="AA1" s="112"/>
+      <c r="AB1" s="112"/>
+      <c r="AC1" s="112"/>
+      <c r="AD1" s="112"/>
+      <c r="AE1" s="112"/>
+      <c r="AF1" s="112"/>
+      <c r="AG1" s="112"/>
+      <c r="AH1" s="113"/>
     </row>
     <row r="2" spans="1:34" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="108" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="115"/>
+      <c r="C2" s="115"/>
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+      <c r="G2" s="115"/>
+      <c r="H2" s="115"/>
+      <c r="I2" s="115"/>
+      <c r="J2" s="115"/>
+      <c r="K2" s="115"/>
+      <c r="L2" s="115"/>
+      <c r="M2" s="115"/>
+      <c r="N2" s="115"/>
+      <c r="O2" s="115"/>
+      <c r="P2" s="115"/>
+      <c r="Q2" s="115"/>
+      <c r="R2" s="115"/>
+      <c r="S2" s="115"/>
+      <c r="T2" s="115"/>
+      <c r="U2" s="115"/>
+      <c r="V2" s="115"/>
+      <c r="W2" s="115"/>
+      <c r="X2" s="115"/>
+      <c r="Y2" s="115"/>
+      <c r="Z2" s="115"/>
+      <c r="AA2" s="115"/>
+      <c r="AB2" s="115"/>
+      <c r="AC2" s="115"/>
+      <c r="AD2" s="115"/>
+      <c r="AE2" s="115"/>
+      <c r="AF2" s="115"/>
+      <c r="AG2" s="115"/>
+      <c r="AH2" s="116"/>
     </row>
     <row r="3" spans="1:34" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="111" t="s">
+      <c r="A3" s="117" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="112"/>
-[...31 lines deleted...]
-      <c r="AH3" s="113"/>
+      <c r="B3" s="118"/>
+      <c r="C3" s="118"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
+      <c r="K3" s="118"/>
+      <c r="L3" s="118"/>
+      <c r="M3" s="118"/>
+      <c r="N3" s="118"/>
+      <c r="O3" s="118"/>
+      <c r="P3" s="118"/>
+      <c r="Q3" s="118"/>
+      <c r="R3" s="118"/>
+      <c r="S3" s="118"/>
+      <c r="T3" s="118"/>
+      <c r="U3" s="118"/>
+      <c r="V3" s="118"/>
+      <c r="W3" s="118"/>
+      <c r="X3" s="118"/>
+      <c r="Y3" s="118"/>
+      <c r="Z3" s="118"/>
+      <c r="AA3" s="118"/>
+      <c r="AB3" s="118"/>
+      <c r="AC3" s="118"/>
+      <c r="AD3" s="118"/>
+      <c r="AE3" s="118"/>
+      <c r="AF3" s="118"/>
+      <c r="AG3" s="118"/>
+      <c r="AH3" s="119"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="117" t="s">
+      <c r="A4" s="123" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="99" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="101" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="101" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="101" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="101" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="114" t="s">
+      <c r="I4" s="120" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="115"/>
-      <c r="K4" s="114" t="s">
+      <c r="J4" s="121"/>
+      <c r="K4" s="120" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="116"/>
+      <c r="L4" s="122"/>
       <c r="M4" s="97" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="98"/>
       <c r="O4" s="97" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="98"/>
       <c r="Q4" s="97" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="98"/>
       <c r="S4" s="97" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="98"/>
       <c r="U4" s="97" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="98"/>
       <c r="W4" s="97" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="98"/>
       <c r="Y4" s="97" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="98"/>
       <c r="AA4" s="97" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="98"/>
       <c r="AC4" s="97" t="s">
         <v>42</v>
       </c>
       <c r="AD4" s="98"/>
       <c r="AE4" s="97" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="98"/>
-      <c r="AG4" s="103" t="s">
+      <c r="AG4" s="109" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="104"/>
+      <c r="AH4" s="110"/>
     </row>
     <row r="5" spans="1:34" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="118"/>
+      <c r="A5" s="124"/>
       <c r="B5" s="100"/>
       <c r="C5" s="100"/>
       <c r="D5" s="100"/>
       <c r="E5" s="100"/>
       <c r="F5" s="102"/>
       <c r="G5" s="100"/>
       <c r="H5" s="102"/>
       <c r="I5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="27" t="s">
         <v>14</v>
       </c>
@@ -3922,79 +3922,79 @@
       </c>
       <c r="C18" s="48"/>
       <c r="D18" s="48"/>
       <c r="E18" s="57"/>
       <c r="F18" s="48"/>
       <c r="G18" s="58"/>
       <c r="H18" s="49"/>
       <c r="I18" s="70">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>10463580</v>
       </c>
       <c r="J18" s="70">
         <f t="shared" ref="J18:AF18" si="8">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>10463580</v>
       </c>
       <c r="K18" s="70">
         <f t="shared" si="8"/>
         <v>4342780</v>
       </c>
       <c r="L18" s="70">
         <f t="shared" si="8"/>
         <v>4342780</v>
       </c>
       <c r="M18" s="70">
         <f t="shared" si="8"/>
-        <v>9795980</v>
+        <v>9785980</v>
       </c>
       <c r="N18" s="70">
         <f t="shared" si="8"/>
-        <v>9870525.9519999996</v>
+        <v>9860525.9519999996</v>
       </c>
       <c r="O18" s="70">
         <f t="shared" si="8"/>
-        <v>11518616.4</v>
+        <v>11513616.4</v>
       </c>
       <c r="P18" s="70">
         <f t="shared" si="8"/>
-        <v>10067153.040666666</v>
+        <v>10062153.040666666</v>
       </c>
       <c r="Q18" s="70">
         <f t="shared" si="8"/>
         <v>10168820.59</v>
       </c>
       <c r="R18" s="70">
         <f t="shared" si="8"/>
         <v>8792627.8186666667</v>
       </c>
       <c r="S18" s="70">
         <f t="shared" si="8"/>
-        <v>2175920.79</v>
+        <v>2170920.79</v>
       </c>
       <c r="T18" s="70">
         <f t="shared" si="8"/>
-        <v>6347687.861333333</v>
+        <v>6342687.861333333</v>
       </c>
       <c r="U18" s="70">
         <f t="shared" si="8"/>
         <v>3017273.3</v>
       </c>
       <c r="V18" s="70">
         <f t="shared" si="8"/>
         <v>4064401.3226666669</v>
       </c>
       <c r="W18" s="70">
         <f t="shared" si="8"/>
         <v>3142689.8</v>
       </c>
       <c r="X18" s="70">
         <f t="shared" si="8"/>
         <v>3904134.5493333335</v>
       </c>
       <c r="Y18" s="70">
         <f t="shared" si="8"/>
         <v>6246488.3399999999</v>
       </c>
       <c r="Z18" s="70">
         <f t="shared" si="8"/>
         <v>5611080</v>
       </c>
@@ -4006,51 +4006,51 @@
         <f t="shared" si="8"/>
         <v>11289594.090666667</v>
       </c>
       <c r="AC18" s="70">
         <f t="shared" si="8"/>
         <v>9494080</v>
       </c>
       <c r="AD18" s="70">
         <f t="shared" si="8"/>
         <v>9494080</v>
       </c>
       <c r="AE18" s="70">
         <f t="shared" si="8"/>
         <v>10461080</v>
       </c>
       <c r="AF18" s="70">
         <f t="shared" si="8"/>
         <v>10461080</v>
       </c>
       <c r="AG18" s="70">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>28229.096000000005</v>
       </c>
       <c r="AH18" s="69">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>185237801.74533331</v>
+        <v>185197801.74533331</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="31">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="29" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="17"/>
       <c r="F19" s="22"/>
       <c r="G19" s="36"/>
       <c r="H19" s="17"/>
       <c r="I19" s="83">
         <v>0.9</v>
       </c>
       <c r="J19" s="83">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="83">
         <v>0.9</v>
@@ -4609,143 +4609,143 @@
       </c>
       <c r="Y24" s="85">
         <v>391580</v>
       </c>
       <c r="Z24" s="85">
         <v>391580</v>
       </c>
       <c r="AA24" s="85">
         <v>391580</v>
       </c>
       <c r="AB24" s="85">
         <v>391580</v>
       </c>
       <c r="AC24" s="85">
         <v>391580</v>
       </c>
       <c r="AD24" s="85">
         <v>391580</v>
       </c>
       <c r="AE24" s="85">
         <v>391580</v>
       </c>
       <c r="AF24" s="85">
         <v>391580</v>
       </c>
-      <c r="AG24" s="119" t="s">
+      <c r="AG24" s="103" t="s">
         <v>55</v>
       </c>
-      <c r="AH24" s="120"/>
+      <c r="AH24" s="104"/>
     </row>
     <row r="25" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="31">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="17"/>
       <c r="F25" s="22"/>
       <c r="G25" s="36"/>
       <c r="H25" s="17"/>
       <c r="I25" s="91">
         <v>20500</v>
       </c>
       <c r="J25" s="91">
         <v>20500</v>
       </c>
       <c r="K25" s="91">
         <v>20000</v>
       </c>
       <c r="L25" s="91">
         <v>20000</v>
       </c>
       <c r="M25" s="91">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="N25" s="91">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="O25" s="91">
-        <v>35500</v>
+        <v>30500</v>
       </c>
       <c r="P25" s="91">
-        <v>35500</v>
+        <v>30500</v>
       </c>
       <c r="Q25" s="91">
         <v>35500</v>
       </c>
       <c r="R25" s="91">
         <v>35500</v>
       </c>
       <c r="S25" s="91">
-        <v>40500</v>
+        <v>35500</v>
       </c>
       <c r="T25" s="91">
-        <v>40500</v>
+        <v>35500</v>
       </c>
       <c r="U25" s="91">
         <v>35500</v>
       </c>
       <c r="V25" s="91">
         <v>35500</v>
       </c>
       <c r="W25" s="91">
         <v>35500</v>
       </c>
       <c r="X25" s="91">
         <v>35500</v>
       </c>
       <c r="Y25" s="91">
         <v>35500</v>
       </c>
       <c r="Z25" s="91">
         <v>35500</v>
       </c>
       <c r="AA25" s="91">
         <v>30500</v>
       </c>
       <c r="AB25" s="91">
         <v>30500</v>
       </c>
       <c r="AC25" s="91">
         <v>30500</v>
       </c>
       <c r="AD25" s="79">
         <v>30500</v>
       </c>
       <c r="AE25" s="79">
         <v>25500</v>
       </c>
       <c r="AF25" s="79">
         <v>25500</v>
       </c>
-      <c r="AG25" s="121"/>
-      <c r="AH25" s="122"/>
+      <c r="AG25" s="105"/>
+      <c r="AH25" s="106"/>
     </row>
     <row r="26" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="31">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="17"/>
       <c r="F26" s="22"/>
       <c r="G26" s="36"/>
       <c r="H26" s="17"/>
       <c r="I26" s="90">
         <v>10044000</v>
       </c>
       <c r="J26" s="90">
         <v>10044000</v>
       </c>
       <c r="K26" s="90">
         <v>3931200</v>
       </c>
       <c r="L26" s="90">
@@ -4777,114 +4777,114 @@
       <c r="X26" s="90"/>
       <c r="Y26" s="90">
         <v>5184000</v>
       </c>
       <c r="Z26" s="90">
         <v>5184000</v>
       </c>
       <c r="AA26" s="90">
         <v>8035200</v>
       </c>
       <c r="AB26" s="90">
         <v>8035200</v>
       </c>
       <c r="AC26" s="90">
         <v>9072000</v>
       </c>
       <c r="AD26" s="90">
         <v>9072000</v>
       </c>
       <c r="AE26" s="90">
         <v>10044000</v>
       </c>
       <c r="AF26" s="90">
         <v>10044000</v>
       </c>
-      <c r="AG26" s="123"/>
-      <c r="AH26" s="124"/>
+      <c r="AG26" s="107"/>
+      <c r="AH26" s="108"/>
     </row>
     <row r="27" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="31" t="e">
         <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="17"/>
       <c r="F27" s="21"/>
       <c r="G27" s="36"/>
       <c r="H27" s="17"/>
       <c r="I27" s="86">
         <f t="shared" ref="I27:AF27" si="21">I18/I23</f>
         <v>18310418.14316088</v>
       </c>
       <c r="J27" s="86">
         <f t="shared" si="21"/>
         <v>18310418.14316088</v>
       </c>
       <c r="K27" s="86">
         <f t="shared" si="21"/>
         <v>7599513.5224995855</v>
       </c>
       <c r="L27" s="86">
         <f t="shared" si="21"/>
         <v>7599513.5224995855</v>
       </c>
       <c r="M27" s="86">
         <f t="shared" si="21"/>
-        <v>17142172.174536929</v>
+        <v>17124672.983874496</v>
       </c>
       <c r="N27" s="86">
         <f t="shared" si="21"/>
-        <v>17272621.557252977</v>
+        <v>17255122.366590545</v>
       </c>
       <c r="O27" s="86">
         <f t="shared" si="21"/>
-        <v>20156646.455101453</v>
+        <v>20147896.859770238</v>
       </c>
       <c r="P27" s="86">
         <f t="shared" si="21"/>
-        <v>17616703.048650667</v>
+        <v>17607953.453319453</v>
       </c>
       <c r="Q27" s="86">
         <f t="shared" si="21"/>
         <v>17794613.031647287</v>
       </c>
       <c r="R27" s="86">
         <f t="shared" si="21"/>
         <v>15386387.062265038</v>
       </c>
       <c r="S27" s="86">
         <f t="shared" si="21"/>
-        <v>3807685.2770559369</v>
+        <v>3798935.6817247206</v>
       </c>
       <c r="T27" s="86">
         <f t="shared" si="21"/>
-        <v>11107940.015107635</v>
+        <v>11099190.419776419</v>
       </c>
       <c r="U27" s="86">
         <f t="shared" si="21"/>
         <v>5279984.0757364975</v>
       </c>
       <c r="V27" s="86">
         <f t="shared" si="21"/>
         <v>7112373.3673984259</v>
       </c>
       <c r="W27" s="86">
         <f t="shared" si="21"/>
         <v>5499452.8003079863</v>
       </c>
       <c r="X27" s="86">
         <f t="shared" si="21"/>
         <v>6831919.4850571509</v>
       </c>
       <c r="Y27" s="86">
         <f t="shared" si="21"/>
         <v>10930849.043231752</v>
       </c>
       <c r="Z27" s="86">
         <f t="shared" si="21"/>
         <v>9818935.8742158189</v>
       </c>
@@ -4893,114 +4893,114 @@
         <v>16977308.60697693</v>
       </c>
       <c r="AB27" s="86">
         <f t="shared" si="21"/>
         <v>19755875.949404009</v>
       </c>
       <c r="AC27" s="86">
         <f t="shared" si="21"/>
         <v>16613871.608438112</v>
       </c>
       <c r="AD27" s="86">
         <f t="shared" si="21"/>
         <v>16613871.608438112</v>
       </c>
       <c r="AE27" s="86">
         <f t="shared" si="21"/>
         <v>18306043.345495272</v>
       </c>
       <c r="AF27" s="86">
         <f t="shared" si="21"/>
         <v>18306043.345495272</v>
       </c>
       <c r="AG27" s="81"/>
       <c r="AH27" s="6">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>324151161.06313419</v>
+        <v>324081164.30048448</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="31" t="e">
         <f t="shared" si="4"/>
         <v>#REF!</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="18"/>
       <c r="F28" s="23"/>
       <c r="G28" s="32"/>
       <c r="H28" s="18"/>
       <c r="I28" s="86">
         <f>I27/(15*86400)</f>
         <v>14.128409061080925</v>
       </c>
       <c r="J28" s="86">
         <f>J27/(15*86400)</f>
         <v>14.128409061080925</v>
       </c>
       <c r="K28" s="86">
         <f t="shared" ref="K28:AF28" si="22">K27/(15*86400)</f>
         <v>5.8638221624225197</v>
       </c>
       <c r="L28" s="86">
         <f t="shared" si="22"/>
         <v>5.8638221624225197</v>
       </c>
       <c r="M28" s="86">
         <f t="shared" si="22"/>
-        <v>13.226984702574791</v>
+        <v>13.213482240643902</v>
       </c>
       <c r="N28" s="86">
         <f t="shared" si="22"/>
-        <v>13.327640090472975</v>
+        <v>13.314137628542086</v>
       </c>
       <c r="O28" s="86">
         <f t="shared" si="22"/>
-        <v>15.552967943751121</v>
+        <v>15.546216712785677</v>
       </c>
       <c r="P28" s="86">
         <f t="shared" si="22"/>
-        <v>13.593135068403292</v>
+        <v>13.586383837437848</v>
       </c>
       <c r="Q28" s="86">
         <f t="shared" si="22"/>
         <v>13.730411289851302</v>
       </c>
       <c r="R28" s="86">
         <f t="shared" si="22"/>
         <v>11.872212239402035</v>
       </c>
       <c r="S28" s="86">
         <f t="shared" si="22"/>
-        <v>2.9380287631604451</v>
+        <v>2.9312775321950006</v>
       </c>
       <c r="T28" s="86">
         <f t="shared" si="22"/>
-        <v>8.5709413696818171</v>
+        <v>8.5641901387163735</v>
       </c>
       <c r="U28" s="86">
         <f t="shared" si="22"/>
         <v>4.0740617868337177</v>
       </c>
       <c r="V28" s="86">
         <f t="shared" si="22"/>
         <v>5.4879424131160697</v>
       </c>
       <c r="W28" s="86">
         <f t="shared" si="22"/>
         <v>4.2434049385092489</v>
       </c>
       <c r="X28" s="86">
         <f t="shared" si="22"/>
         <v>5.271542812544098</v>
       </c>
       <c r="Y28" s="86">
         <f t="shared" si="22"/>
         <v>8.4342971012590677</v>
       </c>
       <c r="Z28" s="86">
         <f t="shared" si="22"/>
         <v>7.5763394091171445</v>
       </c>
@@ -5084,243 +5084,243 @@
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="13.5703125" style="2" customWidth="1"/>
     <col min="10" max="10" width="13.28515625" style="2" customWidth="1"/>
     <col min="11" max="11" width="13.5703125" style="2" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="2" customWidth="1"/>
     <col min="13" max="17" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="28" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="16.42578125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="15.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="105" t="s">
+      <c r="A1" s="111" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="106"/>
-[...31 lines deleted...]
-      <c r="AH1" s="107"/>
+      <c r="B1" s="112"/>
+      <c r="C1" s="112"/>
+      <c r="D1" s="112"/>
+      <c r="E1" s="112"/>
+      <c r="F1" s="112"/>
+      <c r="G1" s="112"/>
+      <c r="H1" s="112"/>
+      <c r="I1" s="112"/>
+      <c r="J1" s="112"/>
+      <c r="K1" s="112"/>
+      <c r="L1" s="112"/>
+      <c r="M1" s="112"/>
+      <c r="N1" s="112"/>
+      <c r="O1" s="112"/>
+      <c r="P1" s="112"/>
+      <c r="Q1" s="112"/>
+      <c r="R1" s="112"/>
+      <c r="S1" s="112"/>
+      <c r="T1" s="112"/>
+      <c r="U1" s="112"/>
+      <c r="V1" s="112"/>
+      <c r="W1" s="112"/>
+      <c r="X1" s="112"/>
+      <c r="Y1" s="112"/>
+      <c r="Z1" s="112"/>
+      <c r="AA1" s="112"/>
+      <c r="AB1" s="112"/>
+      <c r="AC1" s="112"/>
+      <c r="AD1" s="112"/>
+      <c r="AE1" s="112"/>
+      <c r="AF1" s="112"/>
+      <c r="AG1" s="112"/>
+      <c r="AH1" s="113"/>
     </row>
     <row r="2" spans="1:34" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="108" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="115"/>
+      <c r="C2" s="115"/>
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+      <c r="G2" s="115"/>
+      <c r="H2" s="115"/>
+      <c r="I2" s="115"/>
+      <c r="J2" s="115"/>
+      <c r="K2" s="115"/>
+      <c r="L2" s="115"/>
+      <c r="M2" s="115"/>
+      <c r="N2" s="115"/>
+      <c r="O2" s="115"/>
+      <c r="P2" s="115"/>
+      <c r="Q2" s="115"/>
+      <c r="R2" s="115"/>
+      <c r="S2" s="115"/>
+      <c r="T2" s="115"/>
+      <c r="U2" s="115"/>
+      <c r="V2" s="115"/>
+      <c r="W2" s="115"/>
+      <c r="X2" s="115"/>
+      <c r="Y2" s="115"/>
+      <c r="Z2" s="115"/>
+      <c r="AA2" s="115"/>
+      <c r="AB2" s="115"/>
+      <c r="AC2" s="115"/>
+      <c r="AD2" s="115"/>
+      <c r="AE2" s="115"/>
+      <c r="AF2" s="115"/>
+      <c r="AG2" s="115"/>
+      <c r="AH2" s="116"/>
     </row>
     <row r="3" spans="1:34" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="111" t="s">
+      <c r="A3" s="117" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="112"/>
-[...31 lines deleted...]
-      <c r="AH3" s="113"/>
+      <c r="B3" s="118"/>
+      <c r="C3" s="118"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
+      <c r="K3" s="118"/>
+      <c r="L3" s="118"/>
+      <c r="M3" s="118"/>
+      <c r="N3" s="118"/>
+      <c r="O3" s="118"/>
+      <c r="P3" s="118"/>
+      <c r="Q3" s="118"/>
+      <c r="R3" s="118"/>
+      <c r="S3" s="118"/>
+      <c r="T3" s="118"/>
+      <c r="U3" s="118"/>
+      <c r="V3" s="118"/>
+      <c r="W3" s="118"/>
+      <c r="X3" s="118"/>
+      <c r="Y3" s="118"/>
+      <c r="Z3" s="118"/>
+      <c r="AA3" s="118"/>
+      <c r="AB3" s="118"/>
+      <c r="AC3" s="118"/>
+      <c r="AD3" s="118"/>
+      <c r="AE3" s="118"/>
+      <c r="AF3" s="118"/>
+      <c r="AG3" s="118"/>
+      <c r="AH3" s="119"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="117" t="s">
+      <c r="A4" s="123" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="99" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="101" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="101" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="101" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="101" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="114" t="s">
+      <c r="I4" s="120" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="115"/>
-      <c r="K4" s="114" t="s">
+      <c r="J4" s="121"/>
+      <c r="K4" s="120" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="116"/>
+      <c r="L4" s="122"/>
       <c r="M4" s="97" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="98"/>
       <c r="O4" s="97" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="98"/>
       <c r="Q4" s="97" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="98"/>
       <c r="S4" s="97" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="98"/>
       <c r="U4" s="97" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="98"/>
       <c r="W4" s="97" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="98"/>
       <c r="Y4" s="97" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="98"/>
       <c r="AA4" s="97" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="98"/>
       <c r="AC4" s="97" t="s">
         <v>42</v>
       </c>
       <c r="AD4" s="98"/>
       <c r="AE4" s="97" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="98"/>
-      <c r="AG4" s="103" t="s">
+      <c r="AG4" s="109" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="104"/>
+      <c r="AH4" s="110"/>
     </row>
     <row r="5" spans="1:34" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="118"/>
+      <c r="A5" s="124"/>
       <c r="B5" s="100"/>
       <c r="C5" s="100"/>
       <c r="D5" s="100"/>
       <c r="E5" s="100"/>
       <c r="F5" s="102"/>
       <c r="G5" s="100"/>
       <c r="H5" s="102"/>
       <c r="I5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="27" t="s">
         <v>14</v>
       </c>
@@ -6945,136 +6945,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="10"/>
       <c r="J24" s="11"/>
       <c r="K24" s="10"/>
       <c r="L24" s="11"/>
       <c r="M24" s="10"/>
       <c r="N24" s="11"/>
       <c r="O24" s="10"/>
       <c r="P24" s="11"/>
       <c r="Q24" s="10"/>
       <c r="R24" s="11"/>
       <c r="S24" s="10"/>
       <c r="T24" s="11"/>
       <c r="U24" s="10"/>
       <c r="V24" s="11"/>
       <c r="W24" s="10"/>
       <c r="X24" s="11"/>
       <c r="Y24" s="10"/>
       <c r="Z24" s="11"/>
       <c r="AA24" s="10"/>
       <c r="AB24" s="11"/>
       <c r="AC24" s="10"/>
       <c r="AD24" s="11"/>
       <c r="AE24" s="10"/>
       <c r="AF24" s="11"/>
-      <c r="AG24" s="119" t="s">
+      <c r="AG24" s="103" t="s">
         <v>55</v>
       </c>
-      <c r="AH24" s="120"/>
+      <c r="AH24" s="104"/>
     </row>
     <row r="25" spans="1:34" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="31">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="17"/>
       <c r="F25" s="21"/>
       <c r="G25" s="36"/>
       <c r="H25" s="22"/>
       <c r="I25" s="10"/>
       <c r="J25" s="11"/>
       <c r="K25" s="10"/>
       <c r="L25" s="11"/>
       <c r="M25" s="10"/>
       <c r="N25" s="11"/>
       <c r="O25" s="10"/>
       <c r="P25" s="11"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="11"/>
       <c r="S25" s="10"/>
       <c r="T25" s="11"/>
       <c r="U25" s="10"/>
       <c r="V25" s="11"/>
       <c r="W25" s="10"/>
       <c r="X25" s="11"/>
       <c r="Y25" s="10"/>
       <c r="Z25" s="11"/>
       <c r="AA25" s="10"/>
       <c r="AB25" s="11"/>
       <c r="AC25" s="10"/>
       <c r="AD25" s="11"/>
       <c r="AE25" s="10"/>
       <c r="AF25" s="11"/>
-      <c r="AG25" s="121"/>
-      <c r="AH25" s="122"/>
+      <c r="AG25" s="105"/>
+      <c r="AH25" s="106"/>
     </row>
     <row r="26" spans="1:34" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="31">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="17"/>
       <c r="F26" s="21"/>
       <c r="G26" s="36"/>
       <c r="H26" s="22"/>
       <c r="I26" s="10"/>
       <c r="J26" s="11"/>
       <c r="K26" s="10"/>
       <c r="L26" s="11"/>
       <c r="M26" s="10"/>
       <c r="N26" s="11"/>
       <c r="O26" s="10"/>
       <c r="P26" s="11"/>
       <c r="Q26" s="10"/>
       <c r="R26" s="11"/>
       <c r="S26" s="10"/>
       <c r="T26" s="11"/>
       <c r="U26" s="10"/>
       <c r="V26" s="11"/>
       <c r="W26" s="10"/>
       <c r="X26" s="11"/>
       <c r="Y26" s="10"/>
       <c r="Z26" s="11"/>
       <c r="AA26" s="10"/>
       <c r="AB26" s="11"/>
       <c r="AC26" s="10"/>
       <c r="AD26" s="11"/>
       <c r="AE26" s="10"/>
       <c r="AF26" s="11"/>
-      <c r="AG26" s="123"/>
-      <c r="AH26" s="124"/>
+      <c r="AG26" s="107"/>
+      <c r="AH26" s="108"/>
     </row>
     <row r="27" spans="1:34" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="31">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="17"/>
       <c r="F27" s="21"/>
       <c r="G27" s="36"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -7329,243 +7329,243 @@
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="C4" zoomScale="55" zoomScaleNormal="90" zoomScaleSheetLayoutView="55" workbookViewId="0">
       <selection activeCell="AG24" sqref="AG24:AH26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="13.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="15.140625" style="2" customWidth="1"/>
     <col min="13" max="28" width="15.140625" style="1" customWidth="1"/>
     <col min="29" max="29" width="18" style="1" customWidth="1"/>
     <col min="30" max="30" width="18.28515625" style="1" customWidth="1"/>
     <col min="31" max="31" width="18" style="1" customWidth="1"/>
     <col min="32" max="32" width="16.5703125" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="2" customWidth="1"/>
     <col min="34" max="34" width="15.140625" style="2" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="19.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="105" t="s">
+      <c r="A1" s="111" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="106"/>
-[...31 lines deleted...]
-      <c r="AH1" s="107"/>
+      <c r="B1" s="112"/>
+      <c r="C1" s="112"/>
+      <c r="D1" s="112"/>
+      <c r="E1" s="112"/>
+      <c r="F1" s="112"/>
+      <c r="G1" s="112"/>
+      <c r="H1" s="112"/>
+      <c r="I1" s="112"/>
+      <c r="J1" s="112"/>
+      <c r="K1" s="112"/>
+      <c r="L1" s="112"/>
+      <c r="M1" s="112"/>
+      <c r="N1" s="112"/>
+      <c r="O1" s="112"/>
+      <c r="P1" s="112"/>
+      <c r="Q1" s="112"/>
+      <c r="R1" s="112"/>
+      <c r="S1" s="112"/>
+      <c r="T1" s="112"/>
+      <c r="U1" s="112"/>
+      <c r="V1" s="112"/>
+      <c r="W1" s="112"/>
+      <c r="X1" s="112"/>
+      <c r="Y1" s="112"/>
+      <c r="Z1" s="112"/>
+      <c r="AA1" s="112"/>
+      <c r="AB1" s="112"/>
+      <c r="AC1" s="112"/>
+      <c r="AD1" s="112"/>
+      <c r="AE1" s="112"/>
+      <c r="AF1" s="112"/>
+      <c r="AG1" s="112"/>
+      <c r="AH1" s="113"/>
     </row>
     <row r="2" spans="1:34" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="108" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="110"/>
+      <c r="A2" s="114" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="115"/>
+      <c r="C2" s="115"/>
+      <c r="D2" s="115"/>
+      <c r="E2" s="115"/>
+      <c r="F2" s="115"/>
+      <c r="G2" s="115"/>
+      <c r="H2" s="115"/>
+      <c r="I2" s="115"/>
+      <c r="J2" s="115"/>
+      <c r="K2" s="115"/>
+      <c r="L2" s="115"/>
+      <c r="M2" s="115"/>
+      <c r="N2" s="115"/>
+      <c r="O2" s="115"/>
+      <c r="P2" s="115"/>
+      <c r="Q2" s="115"/>
+      <c r="R2" s="115"/>
+      <c r="S2" s="115"/>
+      <c r="T2" s="115"/>
+      <c r="U2" s="115"/>
+      <c r="V2" s="115"/>
+      <c r="W2" s="115"/>
+      <c r="X2" s="115"/>
+      <c r="Y2" s="115"/>
+      <c r="Z2" s="115"/>
+      <c r="AA2" s="115"/>
+      <c r="AB2" s="115"/>
+      <c r="AC2" s="115"/>
+      <c r="AD2" s="115"/>
+      <c r="AE2" s="115"/>
+      <c r="AF2" s="115"/>
+      <c r="AG2" s="115"/>
+      <c r="AH2" s="116"/>
     </row>
     <row r="3" spans="1:34" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="111" t="s">
+      <c r="A3" s="117" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="112"/>
-[...31 lines deleted...]
-      <c r="AH3" s="113"/>
+      <c r="B3" s="118"/>
+      <c r="C3" s="118"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
+      <c r="K3" s="118"/>
+      <c r="L3" s="118"/>
+      <c r="M3" s="118"/>
+      <c r="N3" s="118"/>
+      <c r="O3" s="118"/>
+      <c r="P3" s="118"/>
+      <c r="Q3" s="118"/>
+      <c r="R3" s="118"/>
+      <c r="S3" s="118"/>
+      <c r="T3" s="118"/>
+      <c r="U3" s="118"/>
+      <c r="V3" s="118"/>
+      <c r="W3" s="118"/>
+      <c r="X3" s="118"/>
+      <c r="Y3" s="118"/>
+      <c r="Z3" s="118"/>
+      <c r="AA3" s="118"/>
+      <c r="AB3" s="118"/>
+      <c r="AC3" s="118"/>
+      <c r="AD3" s="118"/>
+      <c r="AE3" s="118"/>
+      <c r="AF3" s="118"/>
+      <c r="AG3" s="118"/>
+      <c r="AH3" s="119"/>
     </row>
     <row r="4" spans="1:34" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="117" t="s">
+      <c r="A4" s="123" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="99" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="99" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="101" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="101" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="101" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="101" t="s">
         <v>29</v>
       </c>
       <c r="H4" s="101" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="114" t="s">
+      <c r="I4" s="120" t="s">
         <v>41</v>
       </c>
-      <c r="J4" s="115"/>
-      <c r="K4" s="114" t="s">
+      <c r="J4" s="121"/>
+      <c r="K4" s="120" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="116"/>
+      <c r="L4" s="122"/>
       <c r="M4" s="97" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="98"/>
       <c r="O4" s="97" t="s">
         <v>5</v>
       </c>
       <c r="P4" s="98"/>
       <c r="Q4" s="97" t="s">
         <v>6</v>
       </c>
       <c r="R4" s="98"/>
       <c r="S4" s="97" t="s">
         <v>7</v>
       </c>
       <c r="T4" s="98"/>
       <c r="U4" s="97" t="s">
         <v>8</v>
       </c>
       <c r="V4" s="98"/>
       <c r="W4" s="97" t="s">
         <v>9</v>
       </c>
       <c r="X4" s="98"/>
       <c r="Y4" s="97" t="s">
         <v>10</v>
       </c>
       <c r="Z4" s="98"/>
       <c r="AA4" s="97" t="s">
         <v>11</v>
       </c>
       <c r="AB4" s="98"/>
       <c r="AC4" s="97" t="s">
         <v>42</v>
       </c>
       <c r="AD4" s="98"/>
       <c r="AE4" s="97" t="s">
         <v>12</v>
       </c>
       <c r="AF4" s="98"/>
-      <c r="AG4" s="103" t="s">
+      <c r="AG4" s="109" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="104"/>
+      <c r="AH4" s="110"/>
     </row>
     <row r="5" spans="1:34" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="118"/>
+      <c r="A5" s="124"/>
       <c r="B5" s="100"/>
       <c r="C5" s="100"/>
       <c r="D5" s="100"/>
       <c r="E5" s="100"/>
       <c r="F5" s="102"/>
       <c r="G5" s="100"/>
       <c r="H5" s="102"/>
       <c r="I5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="28" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="27" t="s">
         <v>14</v>
       </c>
@@ -9190,136 +9190,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="10"/>
       <c r="J24" s="11"/>
       <c r="K24" s="10"/>
       <c r="L24" s="11"/>
       <c r="M24" s="10"/>
       <c r="N24" s="11"/>
       <c r="O24" s="10"/>
       <c r="P24" s="11"/>
       <c r="Q24" s="10"/>
       <c r="R24" s="11"/>
       <c r="S24" s="10"/>
       <c r="T24" s="11"/>
       <c r="U24" s="10"/>
       <c r="V24" s="11"/>
       <c r="W24" s="10"/>
       <c r="X24" s="11"/>
       <c r="Y24" s="10"/>
       <c r="Z24" s="11"/>
       <c r="AA24" s="10"/>
       <c r="AB24" s="11"/>
       <c r="AC24" s="10"/>
       <c r="AD24" s="11"/>
       <c r="AE24" s="10"/>
       <c r="AF24" s="11"/>
-      <c r="AG24" s="119" t="s">
+      <c r="AG24" s="103" t="s">
         <v>55</v>
       </c>
-      <c r="AH24" s="120"/>
+      <c r="AH24" s="104"/>
     </row>
     <row r="25" spans="1:34" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="31">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="17"/>
       <c r="F25" s="21"/>
       <c r="G25" s="36"/>
       <c r="H25" s="22"/>
       <c r="I25" s="10"/>
       <c r="J25" s="11"/>
       <c r="K25" s="10"/>
       <c r="L25" s="11"/>
       <c r="M25" s="10"/>
       <c r="N25" s="11"/>
       <c r="O25" s="10"/>
       <c r="P25" s="11"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="11"/>
       <c r="S25" s="10"/>
       <c r="T25" s="11"/>
       <c r="U25" s="10"/>
       <c r="V25" s="11"/>
       <c r="W25" s="10"/>
       <c r="X25" s="11"/>
       <c r="Y25" s="10"/>
       <c r="Z25" s="11"/>
       <c r="AA25" s="10"/>
       <c r="AB25" s="11"/>
       <c r="AC25" s="10"/>
       <c r="AD25" s="11"/>
       <c r="AE25" s="10"/>
       <c r="AF25" s="11"/>
-      <c r="AG25" s="121"/>
-      <c r="AH25" s="122"/>
+      <c r="AG25" s="105"/>
+      <c r="AH25" s="106"/>
     </row>
     <row r="26" spans="1:34" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="31">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="17"/>
       <c r="F26" s="21"/>
       <c r="G26" s="36"/>
       <c r="H26" s="22"/>
       <c r="I26" s="10"/>
       <c r="J26" s="11"/>
       <c r="K26" s="10"/>
       <c r="L26" s="11"/>
       <c r="M26" s="10"/>
       <c r="N26" s="11"/>
       <c r="O26" s="10"/>
       <c r="P26" s="11"/>
       <c r="Q26" s="10"/>
       <c r="R26" s="11"/>
       <c r="S26" s="10"/>
       <c r="T26" s="11"/>
       <c r="U26" s="10"/>
       <c r="V26" s="11"/>
       <c r="W26" s="10"/>
       <c r="X26" s="11"/>
       <c r="Y26" s="10"/>
       <c r="Z26" s="11"/>
       <c r="AA26" s="10"/>
       <c r="AB26" s="11"/>
       <c r="AC26" s="10"/>
       <c r="AD26" s="11"/>
       <c r="AE26" s="10"/>
       <c r="AF26" s="11"/>
-      <c r="AG26" s="123"/>
-      <c r="AH26" s="124"/>
+      <c r="AG26" s="107"/>
+      <c r="AH26" s="108"/>
     </row>
     <row r="27" spans="1:34" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="31">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="17"/>
       <c r="F27" s="21"/>
       <c r="G27" s="36"/>
       <c r="H27" s="22"/>
       <c r="I27" s="5">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="6">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>