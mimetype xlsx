--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -16,54 +16,54 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\რეჟიმები\რეჟიმი დამტკიცებული 2025\რეჟიმი დამტკიცებული 2025\დასავლეთი\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\vazha.gvelesiani 17.07.2025\Desktop\საპროგნოზო რეჟიმები ასათვირთი\დანართი N1 პროფილური მომხმარებელი 2026\დასავლეთი\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8963A482-C68D-4924-83AA-00F84B380587}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{090CB2B6-E9F9-4092-8572-EBF3BA13EB19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-30" windowWidth="29040" windowHeight="15720" tabRatio="907" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="მაშველი" sheetId="18" r:id="rId1"/>
     <sheet name="დიმი-როკითი" sheetId="24" r:id="rId2"/>
     <sheet name="აჯამეთი" sheetId="25" r:id="rId3"/>
     <sheet name="აფხანაური" sheetId="26" r:id="rId4"/>
     <sheet name="ვარციხე" sheetId="27" r:id="rId5"/>
     <sheet name="ტობანიერი" sheetId="28" r:id="rId6"/>
     <sheet name="ციხესულორის" sheetId="29" r:id="rId7"/>
     <sheet name="ჭალა-ორღული" sheetId="30" r:id="rId8"/>
     <sheet name="ხოდაბუნი" sheetId="31" r:id="rId9"/>
     <sheet name="ხონი-სამტრედია" sheetId="32" r:id="rId10"/>
     <sheet name="ეწერი" sheetId="33" r:id="rId11"/>
     <sheet name="გეგუთი" sheetId="34" r:id="rId12"/>
     <sheet name="სხვიტორის" sheetId="35" r:id="rId13"/>
     <sheet name="შემაერთებელი" sheetId="36" r:id="rId14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">აფხანაური!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">აჯამეთი!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">გეგუთი!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'დიმი-როკითი'!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">ეწერი!$A$1:$AH$28</definedName>
@@ -75,51 +75,55 @@
     <definedName name="_xlnm.Print_Area" localSheetId="6">ციხესულორის!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'ჭალა-ორღული'!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">ხოდაბუნი!$A$1:$AH$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'ხონი-სამტრედია'!$A$1:$AH$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="J18" i="36" l="1"/>
+  <c r="K27" i="18" l="1"/>
+  <c r="P27" i="18"/>
+  <c r="W27" i="18"/>
+  <c r="AC27" i="18"/>
+  <c r="J18" i="36"/>
   <c r="K18" i="36"/>
   <c r="L18" i="36"/>
   <c r="M18" i="36"/>
   <c r="N18" i="36"/>
   <c r="O18" i="36"/>
   <c r="P18" i="36"/>
   <c r="Q18" i="36"/>
   <c r="R18" i="36"/>
   <c r="S18" i="36"/>
   <c r="T18" i="36"/>
   <c r="U18" i="36"/>
   <c r="V18" i="36"/>
   <c r="W18" i="36"/>
   <c r="X18" i="36"/>
   <c r="Y18" i="36"/>
   <c r="Z18" i="36"/>
   <c r="AA18" i="36"/>
   <c r="AB18" i="36"/>
   <c r="AC18" i="36"/>
   <c r="AD18" i="36"/>
   <c r="AE18" i="36"/>
   <c r="AF18" i="36"/>
   <c r="I18" i="36"/>
   <c r="J18" i="35"/>
   <c r="K18" i="35"/>
@@ -386,99 +390,96 @@
   <c r="AF18" i="25"/>
   <c r="I18" i="25"/>
   <c r="J18" i="24"/>
   <c r="K18" i="24"/>
   <c r="L18" i="24"/>
   <c r="M18" i="24"/>
   <c r="N18" i="24"/>
   <c r="O18" i="24"/>
   <c r="P18" i="24"/>
   <c r="Q18" i="24"/>
   <c r="R18" i="24"/>
   <c r="S18" i="24"/>
   <c r="T18" i="24"/>
   <c r="U18" i="24"/>
   <c r="V18" i="24"/>
   <c r="W18" i="24"/>
   <c r="X18" i="24"/>
   <c r="Y18" i="24"/>
   <c r="Z18" i="24"/>
   <c r="AA18" i="24"/>
   <c r="AB18" i="24"/>
   <c r="AC18" i="24"/>
   <c r="AD18" i="24"/>
   <c r="AE18" i="24"/>
   <c r="AF18" i="24"/>
+  <c r="AF27" i="24" s="1"/>
   <c r="I18" i="24"/>
   <c r="J18" i="18"/>
   <c r="J27" i="18" s="1"/>
   <c r="K18" i="18"/>
-  <c r="K27" i="18" s="1"/>
   <c r="L18" i="18"/>
+  <c r="L27" i="18" s="1"/>
   <c r="M18" i="18"/>
+  <c r="M27" i="18" s="1"/>
   <c r="N18" i="18"/>
+  <c r="N27" i="18" s="1"/>
   <c r="O18" i="18"/>
+  <c r="O27" i="18" s="1"/>
   <c r="P18" i="18"/>
-  <c r="P27" i="18" s="1"/>
   <c r="Q18" i="18"/>
+  <c r="Q27" i="18" s="1"/>
   <c r="R18" i="18"/>
   <c r="R27" i="18" s="1"/>
   <c r="S18" i="18"/>
   <c r="S27" i="18" s="1"/>
   <c r="T18" i="18"/>
+  <c r="T27" i="18" s="1"/>
   <c r="U18" i="18"/>
   <c r="U27" i="18" s="1"/>
   <c r="V18" i="18"/>
   <c r="V27" i="18" s="1"/>
   <c r="W18" i="18"/>
-  <c r="W27" i="18" s="1"/>
   <c r="X18" i="18"/>
+  <c r="X27" i="18" s="1"/>
   <c r="Y18" i="18"/>
+  <c r="Y27" i="18" s="1"/>
   <c r="Z18" i="18"/>
+  <c r="Z27" i="18" s="1"/>
   <c r="AA18" i="18"/>
+  <c r="AA27" i="18" s="1"/>
   <c r="AB18" i="18"/>
+  <c r="AB27" i="18" s="1"/>
   <c r="AC18" i="18"/>
-  <c r="AC27" i="18" s="1"/>
   <c r="AD18" i="18"/>
   <c r="AD27" i="18" s="1"/>
   <c r="AE18" i="18"/>
   <c r="AE27" i="18" s="1"/>
   <c r="AF18" i="18"/>
+  <c r="AF27" i="18" s="1"/>
   <c r="I18" i="18"/>
   <c r="I27" i="18" s="1"/>
-  <c r="L27" i="18"/>
-[...10 lines deleted...]
-  <c r="AF27" i="18"/>
   <c r="A17" i="36"/>
   <c r="A18" i="36"/>
   <c r="A19" i="36"/>
   <c r="A20" i="36"/>
   <c r="A21" i="36" s="1"/>
   <c r="A22" i="36" s="1"/>
   <c r="A23" i="36" s="1"/>
   <c r="A24" i="36" s="1"/>
   <c r="A25" i="36" s="1"/>
   <c r="A26" i="36" s="1"/>
   <c r="A27" i="36" s="1"/>
   <c r="A28" i="36" s="1"/>
   <c r="A17" i="35"/>
   <c r="A18" i="35"/>
   <c r="A19" i="35"/>
   <c r="A20" i="35"/>
   <c r="A21" i="35" s="1"/>
   <c r="A22" i="35" s="1"/>
   <c r="A23" i="35" s="1"/>
   <c r="A24" i="35" s="1"/>
   <c r="A25" i="35" s="1"/>
   <c r="A26" i="35" s="1"/>
   <c r="A27" i="35" s="1"/>
   <c r="A28" i="35" s="1"/>
   <c r="A17" i="34"/>
@@ -3070,52 +3071,51 @@
   <c r="X28" i="25" s="1"/>
   <c r="X23" i="24"/>
   <c r="X27" i="24" s="1"/>
   <c r="X28" i="24" s="1"/>
   <c r="AE27" i="24"/>
   <c r="AE28" i="24" s="1"/>
   <c r="AF23" i="24"/>
   <c r="O27" i="24"/>
   <c r="O28" i="24" s="1"/>
   <c r="P27" i="24"/>
   <c r="P28" i="24" s="1"/>
   <c r="AC27" i="24"/>
   <c r="AC28" i="24" s="1"/>
   <c r="R27" i="24"/>
   <c r="R28" i="24" s="1"/>
   <c r="AB23" i="24"/>
   <c r="AB27" i="24" s="1"/>
   <c r="AB28" i="24" s="1"/>
   <c r="AA27" i="24"/>
   <c r="AA28" i="24" s="1"/>
   <c r="V27" i="24"/>
   <c r="V28" i="24" s="1"/>
   <c r="AD23" i="24"/>
   <c r="AD27" i="24" s="1"/>
   <c r="AD28" i="24" s="1"/>
-  <c r="AF27" i="24"/>
-  <c r="AF28" i="24" s="1"/>
+  <c r="AF28" i="24"/>
   <c r="J27" i="24"/>
   <c r="J28" i="24" s="1"/>
   <c r="I27" i="24"/>
   <c r="I28" i="24" s="1"/>
   <c r="Z23" i="24"/>
   <c r="Z27" i="24" s="1"/>
   <c r="Z28" i="24" s="1"/>
   <c r="K27" i="24"/>
   <c r="K28" i="24" s="1"/>
   <c r="AG18" i="36"/>
   <c r="AB27" i="36"/>
   <c r="AB28" i="36" s="1"/>
   <c r="S8" i="36"/>
   <c r="Q8" i="36"/>
   <c r="W8" i="36"/>
   <c r="U8" i="36"/>
   <c r="Y12" i="36"/>
   <c r="W12" i="36"/>
   <c r="U12" i="36"/>
   <c r="S12" i="36"/>
   <c r="Q12" i="36"/>
   <c r="W16" i="36"/>
   <c r="U16" i="36"/>
   <c r="Q14" i="36"/>
   <c r="W14" i="36"/>
@@ -3943,51 +3943,51 @@
   <c r="Q8" i="18"/>
   <c r="U8" i="18"/>
   <c r="W8" i="18"/>
   <c r="S8" i="18"/>
   <c r="U7" i="18"/>
   <c r="W7" i="18"/>
   <c r="S28" i="18" l="1"/>
   <c r="AH12" i="18"/>
   <c r="Y28" i="18"/>
   <c r="AH15" i="18"/>
   <c r="AH16" i="18"/>
   <c r="AH14" i="18"/>
   <c r="T28" i="18"/>
   <c r="AH11" i="18"/>
   <c r="Q28" i="18"/>
   <c r="AH8" i="18"/>
   <c r="AH7" i="18"/>
   <c r="W28" i="18"/>
   <c r="AH18" i="18" l="1"/>
   <c r="U28" i="18"/>
   <c r="AH27" i="18"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1064" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1064" uniqueCount="68">
   <si>
     <t>აგროვადების მიხედვით დადგენილი მორწყვის ნორმები, ჯერადობა და ვადები კულტურების მიხედვით</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>კულტურა</t>
   </si>
   <si>
     <r>
       <t>მ</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Sylfaen"/>
         <family val="1"/>
       </rPr>
       <t>3</t>
     </r>
     <r>
@@ -4302,50 +4302,53 @@
     <t>ტობანიერის არხი</t>
   </si>
   <si>
     <t>ციხესულორის არხი</t>
   </si>
   <si>
     <t>ჭალა-ორღულის არხი</t>
   </si>
   <si>
     <t>ხოდაბუნის არხი</t>
   </si>
   <si>
     <t>ხონი-სამტრედიის არხი</t>
   </si>
   <si>
     <t>ეწერის არხი</t>
   </si>
   <si>
     <t>გეგუთის არხი</t>
   </si>
   <si>
     <t>სხვიტორის არხი</t>
   </si>
   <si>
     <t>შემაერთებლის არხი</t>
+  </si>
+  <si>
+    <t>ეხებათ პირველი კატეგორიის დეფიციტი</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Sylfaen"/>
       <family val="1"/>
     </font>
     <font>
@@ -5123,50 +5126,80 @@
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="6" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -5187,80 +5220,50 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...28 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5567,278 +5570,278 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B1EE77B7-4041-4552-9D26-F7D5ABD957A5}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="13.28515625" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="16.7109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="15.7109375" style="1" customWidth="1"/>
     <col min="21" max="21" width="17" style="1" customWidth="1"/>
     <col min="22" max="22" width="11" style="1" customWidth="1"/>
     <col min="23" max="23" width="17.7109375" style="1" customWidth="1"/>
     <col min="24" max="24" width="11" style="1" customWidth="1"/>
     <col min="25" max="25" width="14.5703125" style="1" customWidth="1"/>
     <col min="26" max="28" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="31" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="17.5703125" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>53</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -6703,200 +6706,200 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>45</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>63495.000000000007</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="K18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="L18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="M18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="N18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="O18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="P18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="Q18" s="59">
         <f t="shared" si="7"/>
-        <v>403226.57000000007</v>
+        <v>405012.07000000007</v>
       </c>
       <c r="R18" s="59">
         <f t="shared" si="7"/>
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="S18" s="59">
         <f t="shared" si="7"/>
-        <v>421714.57000000007</v>
+        <v>423500.07000000007</v>
       </c>
       <c r="T18" s="59">
         <f t="shared" si="7"/>
-        <v>354863.76933333336</v>
+        <v>356649.26933333336</v>
       </c>
       <c r="U18" s="59">
         <f t="shared" si="7"/>
-        <v>752650.26000000013</v>
+        <v>754435.76000000013</v>
       </c>
       <c r="V18" s="59">
         <f t="shared" si="7"/>
-        <v>5839.5</v>
+        <v>7625</v>
       </c>
       <c r="W18" s="59">
         <f t="shared" si="7"/>
-        <v>753475.26000000013</v>
+        <v>755260.76000000013</v>
       </c>
       <c r="X18" s="59">
         <f t="shared" si="7"/>
-        <v>6664.5</v>
+        <v>8450</v>
       </c>
       <c r="Y18" s="59">
         <f t="shared" si="7"/>
-        <v>235596.47000000003</v>
+        <v>237381.97000000003</v>
       </c>
       <c r="Z18" s="59">
         <f t="shared" si="7"/>
-        <v>6664.5</v>
+        <v>8450</v>
       </c>
       <c r="AA18" s="59">
         <f t="shared" si="7"/>
-        <v>6664.5</v>
+        <v>8450</v>
       </c>
       <c r="AB18" s="59">
         <f t="shared" si="7"/>
-        <v>6664.5</v>
+        <v>8445</v>
       </c>
       <c r="AC18" s="59">
         <f t="shared" si="7"/>
-        <v>97678.5</v>
+        <v>99459</v>
       </c>
       <c r="AD18" s="59">
         <f t="shared" si="7"/>
-        <v>97678.5</v>
+        <v>99459</v>
       </c>
       <c r="AE18" s="59">
         <f t="shared" si="7"/>
-        <v>6064.5</v>
+        <v>7845</v>
       </c>
       <c r="AF18" s="59">
         <f t="shared" si="7"/>
-        <v>6064.5</v>
+        <v>7845</v>
       </c>
       <c r="AG18" s="59">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>2185.66</v>
       </c>
       <c r="AH18" s="58">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>3177840.8993333341</v>
+        <v>3220667.8993333341</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -7438,695 +7441,695 @@
       </c>
       <c r="Y24" s="11">
         <v>4850</v>
       </c>
       <c r="Z24" s="11">
         <v>4850</v>
       </c>
       <c r="AA24" s="11">
         <v>4850</v>
       </c>
       <c r="AB24" s="11">
         <v>4850</v>
       </c>
       <c r="AC24" s="11">
         <v>95864</v>
       </c>
       <c r="AD24" s="12">
         <v>95864</v>
       </c>
       <c r="AE24" s="11">
         <v>4250</v>
       </c>
       <c r="AF24" s="11">
         <v>4250</v>
       </c>
-      <c r="AG24" s="96" t="s">
-[...2 lines deleted...]
-      <c r="AH24" s="97"/>
+      <c r="AG24" s="70" t="s">
+        <v>67</v>
+      </c>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="J25" s="11">
+        <v>3600</v>
       </c>
       <c r="K25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="L25" s="11">
+        <v>3600</v>
       </c>
       <c r="M25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="N25" s="11">
+        <v>3600</v>
       </c>
       <c r="O25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="P25" s="11">
+        <v>3600</v>
       </c>
       <c r="Q25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="R25" s="11">
+        <v>3600</v>
       </c>
       <c r="S25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="T25" s="11">
+        <v>3600</v>
       </c>
       <c r="U25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="V25" s="11">
+        <v>3600</v>
       </c>
       <c r="W25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="X25" s="11">
+        <v>3600</v>
       </c>
       <c r="Y25" s="11">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3600</v>
+      </c>
+      <c r="Z25" s="11">
+        <v>3600</v>
       </c>
       <c r="AA25" s="11">
-        <v>1814.5</v>
+        <v>3600</v>
       </c>
       <c r="AB25" s="12">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3595</v>
+      </c>
+      <c r="AC25" s="12">
+        <v>3595</v>
       </c>
       <c r="AD25" s="12">
-        <v>1814.5</v>
-[...2 lines deleted...]
-        <v>1814.5</v>
+        <v>3595</v>
+      </c>
+      <c r="AE25" s="12">
+        <v>3595</v>
       </c>
       <c r="AF25" s="12">
-        <v>1814.5</v>
-[...2 lines deleted...]
-      <c r="AH25" s="99"/>
+        <v>3595</v>
+      </c>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="33" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
-        <f>I18/I23+I24+I25+I26</f>
-        <v>4989.7281456982619</v>
+        <f>I18/I23</f>
+        <v>6299.7086384754712</v>
       </c>
       <c r="J27" s="6">
-        <f t="shared" ref="J27:AF27" si="20">J18/J23+J24+J25+J26</f>
-        <v>4989.7281456982619</v>
+        <f t="shared" ref="J27:AF27" si="20">J18/J23</f>
+        <v>6299.7086384754712</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="L27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="N27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="O27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="P27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>707428.36285884294</v>
+        <v>708738.34335162013</v>
       </c>
       <c r="R27" s="6">
         <f t="shared" si="20"/>
-        <v>4989.7281456982619</v>
+        <v>6299.7086384754712</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>758268.86655554699</v>
+        <v>741090.84704832418</v>
       </c>
       <c r="T27" s="6">
         <f t="shared" si="20"/>
-        <v>641285.37587532424</v>
+        <v>624107.35636810143</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>1322916.5401868918</v>
+        <v>1320201.520679669</v>
       </c>
       <c r="V27" s="6">
         <f t="shared" si="20"/>
-        <v>16058.152387327087</v>
+        <v>13343.132880104296</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>1325185.2234165424</v>
+        <v>1321645.2039093196</v>
       </c>
       <c r="X27" s="6">
         <f t="shared" si="20"/>
-        <v>18326.835616977718</v>
+        <v>14786.816109754925</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>418939.25479259092</v>
+        <v>415399.23528536817</v>
       </c>
       <c r="Z27" s="6">
         <f t="shared" si="20"/>
-        <v>18326.835616977718</v>
+        <v>14786.816109754925</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>18326.835616977718</v>
+        <v>14786.816109754925</v>
       </c>
       <c r="AB27" s="6">
         <f t="shared" si="20"/>
-        <v>18326.835616977718</v>
+        <v>14778.06651442371</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>268607.96951203508</v>
+        <v>174045.20040948107</v>
       </c>
       <c r="AD27" s="6">
         <f t="shared" si="20"/>
-        <v>268607.96951203508</v>
+        <v>174045.20040948107</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>16676.884177231805</v>
+        <v>13728.115074677798</v>
       </c>
       <c r="AF27" s="6">
         <f t="shared" si="20"/>
-        <v>16676.884177231805</v>
+        <v>13728.115074677798</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>5878866.3792307964</v>
+        <v>5635908.1630807929</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="64">
         <f>I27/(15*86400)</f>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="J28" s="40">
         <f>J27/(15*86400)</f>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="K28" s="64">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="L28" s="40">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="M28" s="64">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="N28" s="40">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="O28" s="64">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="P28" s="40">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="Q28" s="64">
         <f t="shared" si="21"/>
-        <v>0.54585521825528005</v>
+        <v>0.5468660056725464</v>
       </c>
       <c r="R28" s="40">
         <f t="shared" si="21"/>
-        <v>3.8500988778535973E-3</v>
+        <v>4.8608862951199623E-3</v>
       </c>
       <c r="S28" s="64">
         <f t="shared" si="21"/>
-        <v>0.58508400197187271</v>
+        <v>0.57182935729037365</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="21"/>
-        <v>0.49481896286676252</v>
+        <v>0.48156431818526346</v>
       </c>
       <c r="U28" s="64">
         <f t="shared" si="21"/>
-        <v>1.0207689353293918</v>
+        <v>1.0186740128701151</v>
       </c>
       <c r="V28" s="40">
         <f t="shared" si="21"/>
-        <v>1.2390549681579542E-2</v>
+        <v>1.0295627222302697E-2</v>
       </c>
       <c r="W28" s="64">
         <f t="shared" si="21"/>
-        <v>1.0225194625127643</v>
+        <v>1.0197879659794133</v>
       </c>
       <c r="X28" s="40">
         <f t="shared" si="21"/>
-        <v>1.4141076864951942E-2</v>
+        <v>1.1409580331601023E-2</v>
       </c>
       <c r="Y28" s="64">
         <f t="shared" si="21"/>
-        <v>0.32325559783378927</v>
+        <v>0.3205241013004384</v>
       </c>
       <c r="Z28" s="40">
         <f t="shared" si="21"/>
-        <v>1.4141076864951942E-2</v>
+        <v>1.1409580331601023E-2</v>
       </c>
       <c r="AA28" s="64">
         <f t="shared" si="21"/>
-        <v>1.4141076864951942E-2</v>
+        <v>1.1409580331601023E-2</v>
       </c>
       <c r="AB28" s="40">
         <f t="shared" si="21"/>
-        <v>1.4141076864951942E-2</v>
+        <v>1.1402829100635579E-2</v>
       </c>
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
-        <v>0.20725923573459498</v>
+        <v>0.13429413611842675</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
-        <v>0.20725923573459498</v>
+        <v>0.13429413611842675</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
-        <v>1.2867966186135652E-2</v>
+        <v>1.0592681384782253E-2</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
-        <v>1.2867966186135652E-2</v>
+        <v>1.0592681384782253E-2</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="AG24:AH26"/>
-[...10 lines deleted...]
-    <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="A1:AH1"/>
     <mergeCell ref="A2:AH2"/>
     <mergeCell ref="A3:AH3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
+    <mergeCell ref="I4:J4"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="O4:P4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="AC4:AD4"/>
+    <mergeCell ref="AG24:AH26"/>
+    <mergeCell ref="AE4:AF4"/>
+    <mergeCell ref="S4:T4"/>
+    <mergeCell ref="U4:V4"/>
+    <mergeCell ref="W4:X4"/>
+    <mergeCell ref="Y4:Z4"/>
+    <mergeCell ref="AA4:AB4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{69D4B32A-C809-406E-9771-00E18CC2BC23}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="28" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="30" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="31" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>62</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -8989,80 +8992,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>2</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>2822.0000000000005</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -9724,136 +9727,136 @@
       </c>
       <c r="Y24" s="11">
         <v>10036.5</v>
       </c>
       <c r="Z24" s="12">
         <v>10036.5</v>
       </c>
       <c r="AA24" s="11">
         <v>6374.5</v>
       </c>
       <c r="AB24" s="11">
         <v>6374.5</v>
       </c>
       <c r="AC24" s="11">
         <v>54713</v>
       </c>
       <c r="AD24" s="11">
         <v>54713</v>
       </c>
       <c r="AE24" s="11">
         <v>2712.5</v>
       </c>
       <c r="AF24" s="11">
         <v>2712.5</v>
       </c>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -10046,314 +10049,314 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>7.3876019962471798E-2</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>7.3876019962471798E-2</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>3.6625427987535828E-3</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>3.6625427987535828E-3</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8E6A8A5-0126-4A6A-838F-0F8C4BE84DE3}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="19" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="15.42578125" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>63</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -11214,80 +11217,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -11921,136 +11924,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f t="shared" ref="I27:AF27" si="21">I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" si="21"/>
@@ -12243,318 +12246,318 @@
       <c r="AC28" s="64">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="36" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7620D58B-9715-4F1F-877A-059A20913883}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+    <sheetView topLeftCell="A7" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="17" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="15.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>64</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -13421,80 +13424,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>3.7</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>5220.7000000000007</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -14164,54 +14167,54 @@
       </c>
       <c r="Y24" s="11">
         <v>6375</v>
       </c>
       <c r="Z24" s="11">
         <v>6375</v>
       </c>
       <c r="AA24" s="11">
         <v>6375</v>
       </c>
       <c r="AB24" s="11">
         <v>6375</v>
       </c>
       <c r="AC24" s="11">
         <v>6375</v>
       </c>
       <c r="AD24" s="11">
         <v>6375</v>
       </c>
       <c r="AE24" s="11">
         <v>6375</v>
       </c>
       <c r="AF24" s="11">
         <v>6375</v>
       </c>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
@@ -14227,93 +14230,93 @@
       </c>
       <c r="Y25" s="11">
         <v>750</v>
       </c>
       <c r="Z25" s="12">
         <v>750</v>
       </c>
       <c r="AA25" s="11">
         <v>750</v>
       </c>
       <c r="AB25" s="12">
         <v>750</v>
       </c>
       <c r="AC25" s="11">
         <v>750</v>
       </c>
       <c r="AD25" s="12">
         <v>750</v>
       </c>
       <c r="AE25" s="11">
         <v>750</v>
       </c>
       <c r="AF25" s="12">
         <v>750</v>
       </c>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -14506,319 +14509,319 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>9.6205041257582582E-3</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>9.6205041257582582E-3</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>9.6205041257582582E-3</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>9.6205041257582582E-3</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{54B7E19B-1FE0-4E70-AD9E-E3E5CF929DED}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="13.28515625" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="17.5703125" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>65</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -15679,80 +15682,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -16386,136 +16389,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -16708,320 +16711,320 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EF1CF5C-0BDC-4BB8-B7EA-D0BB86E26E55}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
-    <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView topLeftCell="A3" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="I25" sqref="I25:AF25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12.28515625" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="14" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>66</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -17886,200 +17889,200 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>25</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>35275</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="K18" s="59">
         <f t="shared" si="7"/>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="L18" s="59">
         <f t="shared" si="7"/>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="M18" s="59">
         <f t="shared" si="7"/>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="N18" s="59">
         <f t="shared" si="7"/>
-        <v>1701</v>
+        <v>1780</v>
       </c>
       <c r="O18" s="59">
         <f t="shared" si="7"/>
-        <v>13717</v>
+        <v>13796</v>
       </c>
       <c r="P18" s="59">
         <f t="shared" si="7"/>
-        <v>13717</v>
+        <v>13796</v>
       </c>
       <c r="Q18" s="59">
         <f t="shared" si="7"/>
-        <v>117940.32</v>
+        <v>118019.32</v>
       </c>
       <c r="R18" s="59">
         <f t="shared" si="7"/>
-        <v>2068.5</v>
+        <v>2147.5</v>
       </c>
       <c r="S18" s="59">
         <f t="shared" si="7"/>
-        <v>125741.82</v>
+        <v>125820.82</v>
       </c>
       <c r="T18" s="59">
         <f t="shared" si="7"/>
-        <v>45479.877333333337</v>
+        <v>45558.877333333337</v>
       </c>
       <c r="U18" s="59">
         <f t="shared" si="7"/>
-        <v>169276.08000000002</v>
+        <v>169355.08000000002</v>
       </c>
       <c r="V18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="W18" s="59">
         <f t="shared" si="7"/>
-        <v>169276.08000000002</v>
+        <v>169355.08000000002</v>
       </c>
       <c r="X18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="Y18" s="59">
         <f t="shared" si="7"/>
-        <v>113314.32</v>
+        <v>113393.32</v>
       </c>
       <c r="Z18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="AA18" s="59">
         <f t="shared" si="7"/>
-        <v>4037.5</v>
+        <v>4116.5</v>
       </c>
       <c r="AB18" s="59">
         <f t="shared" si="7"/>
-        <v>4037.5</v>
+        <v>4116.5</v>
       </c>
       <c r="AC18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="AD18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="AE18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="AF18" s="59">
         <f t="shared" si="7"/>
-        <v>2382.5</v>
+        <v>2461.5</v>
       </c>
       <c r="AG18" s="59">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>544.48</v>
       </c>
       <c r="AH18" s="58">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>805489.49733333336</v>
+        <v>807385.49733333336</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -18629,683 +18632,683 @@
       </c>
       <c r="Y24" s="11">
         <v>681.5</v>
       </c>
       <c r="Z24" s="11">
         <v>681.5</v>
       </c>
       <c r="AA24" s="11">
         <v>2336.5</v>
       </c>
       <c r="AB24" s="11">
         <v>2336.5</v>
       </c>
       <c r="AC24" s="11">
         <v>681.5</v>
       </c>
       <c r="AD24" s="11">
         <v>681.5</v>
       </c>
       <c r="AE24" s="11">
         <v>681.5</v>
       </c>
       <c r="AF24" s="11">
         <v>681.5</v>
       </c>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="J25" s="11">
+        <v>1780</v>
       </c>
       <c r="K25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="L25" s="11">
+        <v>1780</v>
       </c>
       <c r="M25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="N25" s="11">
+        <v>1780</v>
       </c>
       <c r="O25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="P25" s="11">
+        <v>1780</v>
       </c>
       <c r="Q25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="R25" s="11">
+        <v>1780</v>
       </c>
       <c r="S25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="T25" s="11">
+        <v>1780</v>
       </c>
       <c r="U25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="V25" s="11">
+        <v>1780</v>
       </c>
       <c r="W25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="X25" s="11">
+        <v>1780</v>
       </c>
       <c r="Y25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="Z25" s="11">
+        <v>1780</v>
       </c>
       <c r="AA25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="AB25" s="11">
+        <v>1780</v>
       </c>
       <c r="AC25" s="11">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>1780</v>
+      </c>
+      <c r="AD25" s="11">
+        <v>1780</v>
       </c>
       <c r="AE25" s="11">
-        <v>1701</v>
-[...5 lines deleted...]
-      <c r="AH25" s="99"/>
+        <v>1780</v>
+      </c>
+      <c r="AF25" s="11">
+        <v>1780</v>
+      </c>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="L27" s="7">
         <f t="shared" si="20"/>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
-        <v>2976.6123316796602</v>
+        <v>3114.8559379128719</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
-        <v>24003.639831657787</v>
+        <v>24141.883437891</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
-        <v>24003.639831657787</v>
+        <v>24141.883437891</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>206386.01464682262</v>
+        <v>206524.25825305583</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
-        <v>3619.7075885240311</v>
+        <v>3757.9511947572428</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>220038.00824211884</v>
+        <v>220176.25184835205</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>79586.104476001332</v>
+        <v>79724.348082234545</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>296219.43985090696</v>
+        <v>296357.68345714017</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>296219.43985090696</v>
+        <v>296357.68345714017</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>198290.88904638164</v>
+        <v>198429.13265261485</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>7065.2982299568657</v>
+        <v>7203.5418361900774</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>7065.2982299568657</v>
+        <v>7203.5418361900774</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
-        <v>4169.1821753243921</v>
+        <v>4307.4257815576038</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>1409541.4290422397</v>
+        <v>1412859.275591837</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="64">
         <f>I27/(15*86400)</f>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="J28" s="40">
         <f>J27/(15*86400)</f>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="K28" s="64">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="L28" s="40">
         <f t="shared" si="21"/>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="M28" s="64">
         <f t="shared" si="21"/>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="N28" s="40">
         <f t="shared" si="21"/>
-        <v>2.2967687744441822E-3</v>
+        <v>2.4034382236982036E-3</v>
       </c>
       <c r="O28" s="64">
         <f t="shared" si="21"/>
-        <v>1.8521327030600145E-2</v>
+        <v>1.8627996479854168E-2</v>
       </c>
       <c r="P28" s="40">
         <f t="shared" si="21"/>
-        <v>1.8521327030600145E-2</v>
+        <v>1.8627996479854168E-2</v>
       </c>
       <c r="Q28" s="64">
         <f t="shared" si="21"/>
-        <v>0.15924846809168411</v>
+        <v>0.15935513754093814</v>
       </c>
       <c r="R28" s="40">
         <f t="shared" si="21"/>
-        <v>2.7929842504043449E-3</v>
+        <v>2.8996536996583663E-3</v>
       </c>
       <c r="S28" s="64">
         <f t="shared" si="21"/>
-        <v>0.16978241376706701</v>
+        <v>0.16988908321632104</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="21"/>
-        <v>6.140903123148251E-2</v>
+        <v>6.1515700680736529E-2</v>
       </c>
       <c r="U28" s="64">
         <f t="shared" si="21"/>
-        <v>0.22856438260100845</v>
+        <v>0.22867105205026247</v>
       </c>
       <c r="V28" s="40">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="W28" s="64">
         <f t="shared" si="21"/>
-        <v>0.22856438260100845</v>
+        <v>0.22867105205026247</v>
       </c>
       <c r="X28" s="40">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="Y28" s="64">
         <f t="shared" si="21"/>
-        <v>0.15300222920245496</v>
+        <v>0.15310889865170899</v>
       </c>
       <c r="Z28" s="40">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="AA28" s="64">
         <f t="shared" si="21"/>
-        <v>5.4516190045963472E-3</v>
+        <v>5.5582884538503685E-3</v>
       </c>
       <c r="AB28" s="40">
         <f t="shared" si="21"/>
-        <v>5.4516190045963472E-3</v>
+        <v>5.5582884538503685E-3</v>
       </c>
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
-        <v>3.2169615550342533E-3</v>
+        <v>3.3236310042882747E-3</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{985B7D5F-603B-4CBC-BEB7-7A9C0C91781C}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
-    <sheetView zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView topLeftCell="C4" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="50" workbookViewId="0">
+      <selection activeCell="I26" sqref="I26:AF26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12.28515625" style="1" customWidth="1"/>
     <col min="9" max="10" width="16.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="15.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="16.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="20" width="15.85546875" style="1" customWidth="1"/>
     <col min="21" max="24" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="32" width="15.85546875" style="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="16.140625" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -20168,200 +20171,200 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>2.5</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>3527.4999999999995</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>2946240</v>
+        <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>2946240</v>
+        <v>0</v>
       </c>
       <c r="K18" s="59">
         <f t="shared" si="7"/>
-        <v>2661120</v>
+        <v>0</v>
       </c>
       <c r="L18" s="59">
         <f t="shared" si="7"/>
-        <v>2661120</v>
+        <v>0</v>
       </c>
       <c r="M18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="N18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="O18" s="59">
         <f t="shared" si="7"/>
-        <v>2592000</v>
+        <v>0</v>
       </c>
       <c r="P18" s="59">
         <f t="shared" si="7"/>
-        <v>2592000</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="59">
         <f t="shared" si="7"/>
-        <v>2696443.35</v>
+        <v>18043.349999999999</v>
       </c>
       <c r="R18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="S18" s="59">
         <f t="shared" si="7"/>
-        <v>2610043.35</v>
+        <v>18043.349999999999</v>
       </c>
       <c r="T18" s="59">
         <f t="shared" si="7"/>
-        <v>2617405.5253333333</v>
+        <v>25405.525333333331</v>
       </c>
       <c r="U18" s="59">
         <f t="shared" si="7"/>
-        <v>2989864.78</v>
+        <v>43624.78</v>
       </c>
       <c r="V18" s="59">
         <f t="shared" si="7"/>
-        <v>2946240</v>
+        <v>0</v>
       </c>
       <c r="W18" s="59">
         <f t="shared" si="7"/>
-        <v>2989864.78</v>
+        <v>43624.78</v>
       </c>
       <c r="X18" s="59">
         <f t="shared" si="7"/>
-        <v>2946240</v>
+        <v>0</v>
       </c>
       <c r="Y18" s="59">
         <f t="shared" si="7"/>
-        <v>2857189.75</v>
+        <v>5989.75</v>
       </c>
       <c r="Z18" s="59">
         <f t="shared" si="7"/>
-        <v>2851200</v>
+        <v>0</v>
       </c>
       <c r="AA18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="AB18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="AC18" s="59">
         <f t="shared" si="7"/>
-        <v>2592000</v>
+        <v>0</v>
       </c>
       <c r="AD18" s="59">
         <f t="shared" si="7"/>
-        <v>2592000</v>
+        <v>0</v>
       </c>
       <c r="AE18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="AF18" s="59">
         <f t="shared" si="7"/>
-        <v>2678400</v>
+        <v>0</v>
       </c>
       <c r="AG18" s="59">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>116.43</v>
       </c>
       <c r="AH18" s="58">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>65836011.535333335</v>
+        <v>154731.53533333333</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -20875,689 +20878,641 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
-      <c r="I26" s="69">
-[...72 lines deleted...]
-      <c r="AH26" s="101"/>
+      <c r="I26" s="69"/>
+      <c r="J26" s="69"/>
+      <c r="K26" s="69"/>
+      <c r="L26" s="69"/>
+      <c r="M26" s="69"/>
+      <c r="N26" s="69"/>
+      <c r="O26" s="69"/>
+      <c r="P26" s="69"/>
+      <c r="Q26" s="69"/>
+      <c r="R26" s="69"/>
+      <c r="S26" s="69"/>
+      <c r="T26" s="69"/>
+      <c r="U26" s="69"/>
+      <c r="V26" s="69"/>
+      <c r="W26" s="69"/>
+      <c r="X26" s="69"/>
+      <c r="Y26" s="69"/>
+      <c r="Z26" s="69"/>
+      <c r="AA26" s="69"/>
+      <c r="AB26" s="69"/>
+      <c r="AC26" s="69"/>
+      <c r="AD26" s="69"/>
+      <c r="AE26" s="69"/>
+      <c r="AF26" s="69"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
-        <v>5155681.5497283256</v>
+        <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
-        <v>5155681.5497283256</v>
+        <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>4656744.6255610688</v>
+        <v>0</v>
       </c>
       <c r="L27" s="7">
         <f t="shared" si="20"/>
-        <v>4656744.6255610688</v>
+        <v>0</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
-        <v>4535790.2197023397</v>
+        <v>0</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
-        <v>4535790.2197023397</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>4718557.6292096497</v>
+        <v>31574.402183898997</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>4567364.6218862385</v>
+        <v>31574.402183898997</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>4580247.8328710636</v>
+        <v>44457.613168724281</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>5232021.3840109902</v>
+        <v>76339.834282664437</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>5155681.5497283256</v>
+        <v>0</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>5232021.3840109902</v>
+        <v>76339.834282664437</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>5155681.5497283256</v>
+        <v>0</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>4999850.8193996036</v>
+        <v>10481.577727030126</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>4989369.2416725736</v>
+        <v>0</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>4535790.2197023397</v>
+        <v>0</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>4535790.2197023397</v>
+        <v>0</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
-        <v>4686983.227025751</v>
+        <v>0</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>115207691.83108614</v>
+        <v>270767.66382888128</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="64">
         <f>I27/(15*86400)</f>
-        <v>3.978149343926177</v>
+        <v>0</v>
       </c>
       <c r="J28" s="40">
         <f>J27/(15*86400)</f>
-        <v>3.978149343926177</v>
+        <v>0</v>
       </c>
       <c r="K28" s="64">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>3.5931671493526767</v>
+        <v>0</v>
       </c>
       <c r="L28" s="40">
         <f t="shared" si="21"/>
-        <v>3.5931671493526767</v>
+        <v>0</v>
       </c>
       <c r="M28" s="64">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="N28" s="40">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="O28" s="64">
         <f t="shared" si="21"/>
-        <v>3.4998381324863734</v>
+        <v>0</v>
       </c>
       <c r="P28" s="40">
         <f t="shared" si="21"/>
-        <v>3.4998381324863734</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="64">
         <f t="shared" si="21"/>
-        <v>3.6408623682173222</v>
+        <v>2.4362964648070213E-2</v>
       </c>
       <c r="R28" s="40">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="S28" s="64">
         <f t="shared" si="21"/>
-        <v>3.5242010971344433</v>
+        <v>2.4362964648070213E-2</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="21"/>
-        <v>3.5341418463511292</v>
+        <v>3.4303713864756391E-2</v>
       </c>
       <c r="U28" s="64">
         <f t="shared" si="21"/>
-        <v>4.0370535370455167</v>
+        <v>5.8904193119339844E-2</v>
       </c>
       <c r="V28" s="40">
         <f t="shared" si="21"/>
-        <v>3.978149343926177</v>
+        <v>0</v>
       </c>
       <c r="W28" s="64">
         <f t="shared" si="21"/>
-        <v>4.0370535370455167</v>
+        <v>5.8904193119339844E-2</v>
       </c>
       <c r="X28" s="40">
         <f t="shared" si="21"/>
-        <v>3.978149343926177</v>
+        <v>0</v>
       </c>
       <c r="Y28" s="64">
         <f t="shared" si="21"/>
-        <v>3.8579095828700645</v>
+        <v>8.0876371350541102E-3</v>
       </c>
       <c r="Z28" s="40">
         <f t="shared" si="21"/>
-        <v>3.8498219457350107</v>
+        <v>0</v>
       </c>
       <c r="AA28" s="64">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="AB28" s="40">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
-        <v>3.4998381324863734</v>
+        <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
-        <v>3.4998381324863734</v>
+        <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
-        <v>3.6164994035692524</v>
+        <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="36" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26CD0BC7-1AC1-4B4E-A297-F0F57DA9E8D7}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
-    <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+    <sheetView topLeftCell="A4" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="I25" sqref="I25:AF25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="12" width="13" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="15.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -22422,200 +22377,200 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>9.1999999999999993</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>12981.199999999999</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
-        <v>25000</v>
+        <v>20000</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
-        <v>25000</v>
+        <v>20000</v>
       </c>
       <c r="K18" s="59">
         <f t="shared" si="7"/>
-        <v>25000</v>
+        <v>100000</v>
       </c>
       <c r="L18" s="59">
         <f t="shared" si="7"/>
-        <v>25000</v>
+        <v>100000</v>
       </c>
       <c r="M18" s="59">
         <f t="shared" si="7"/>
-        <v>25000</v>
+        <v>300000</v>
       </c>
       <c r="N18" s="59">
         <f t="shared" si="7"/>
-        <v>25000</v>
+        <v>300000</v>
       </c>
       <c r="O18" s="59">
         <f t="shared" si="7"/>
-        <v>45000</v>
+        <v>300000</v>
       </c>
       <c r="P18" s="59">
         <f t="shared" si="7"/>
-        <v>45000</v>
+        <v>300000</v>
       </c>
       <c r="Q18" s="59">
         <f t="shared" si="7"/>
-        <v>291147.84999999998</v>
+        <v>546147.85</v>
       </c>
       <c r="R18" s="59">
         <f t="shared" si="7"/>
-        <v>45000</v>
+        <v>300000</v>
       </c>
       <c r="S18" s="59">
         <f t="shared" si="7"/>
-        <v>291147.84999999998</v>
+        <v>596147.85</v>
       </c>
       <c r="T18" s="59">
         <f t="shared" si="7"/>
-        <v>69487.434666666668</v>
+        <v>374487.43466666667</v>
       </c>
       <c r="U18" s="59">
         <f t="shared" si="7"/>
-        <v>368319.42</v>
+        <v>673319.41999999993</v>
       </c>
       <c r="V18" s="59">
         <f t="shared" si="7"/>
-        <v>55674</v>
+        <v>360674</v>
       </c>
       <c r="W18" s="59">
         <f t="shared" si="7"/>
-        <v>358020.42</v>
+        <v>663020.41999999993</v>
       </c>
       <c r="X18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>350375</v>
       </c>
       <c r="Y18" s="59">
         <f t="shared" si="7"/>
-        <v>285965.34999999998</v>
+        <v>590965.35</v>
       </c>
       <c r="Z18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>350375</v>
       </c>
       <c r="AA18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>400375</v>
       </c>
       <c r="AB18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>400375</v>
       </c>
       <c r="AC18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>350375</v>
       </c>
       <c r="AD18" s="59">
         <f t="shared" si="7"/>
-        <v>45375</v>
+        <v>350375</v>
       </c>
       <c r="AE18" s="59">
         <f t="shared" si="7"/>
-        <v>45000</v>
+        <v>350000</v>
       </c>
       <c r="AF18" s="59">
         <f t="shared" si="7"/>
-        <v>45000</v>
+        <v>350000</v>
       </c>
       <c r="AG18" s="59">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>1110.06</v>
       </c>
       <c r="AH18" s="58">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>2367012.3246666663</v>
+        <v>8447012.3246666659</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -23149,685 +23104,685 @@
         <v>375</v>
       </c>
       <c r="X24" s="11">
         <v>375</v>
       </c>
       <c r="Y24" s="11">
         <v>375</v>
       </c>
       <c r="Z24" s="11">
         <v>375</v>
       </c>
       <c r="AA24" s="11">
         <v>375</v>
       </c>
       <c r="AB24" s="11">
         <v>375</v>
       </c>
       <c r="AC24" s="11">
         <v>375</v>
       </c>
       <c r="AD24" s="11">
         <v>375</v>
       </c>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11">
-        <v>25000</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>20000</v>
+      </c>
+      <c r="J25" s="11">
+        <v>20000</v>
       </c>
       <c r="K25" s="11">
-        <v>25000</v>
+        <v>100000</v>
       </c>
       <c r="L25" s="12">
-        <v>25000</v>
+        <v>100000</v>
       </c>
       <c r="M25" s="11">
-        <v>25000</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>300000</v>
+      </c>
+      <c r="N25" s="11">
+        <v>300000</v>
       </c>
       <c r="O25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>300000</v>
+      </c>
+      <c r="P25" s="11">
+        <v>300000</v>
       </c>
       <c r="Q25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>300000</v>
+      </c>
+      <c r="R25" s="11">
+        <v>300000</v>
       </c>
       <c r="S25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>350000</v>
+      </c>
+      <c r="T25" s="11">
+        <v>350000</v>
       </c>
       <c r="U25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>350000</v>
+      </c>
+      <c r="V25" s="11">
+        <v>350000</v>
       </c>
       <c r="W25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>350000</v>
+      </c>
+      <c r="X25" s="11">
+        <v>350000</v>
       </c>
       <c r="Y25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>350000</v>
+      </c>
+      <c r="Z25" s="11">
+        <v>350000</v>
       </c>
       <c r="AA25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>400000</v>
+      </c>
+      <c r="AB25" s="11">
+        <v>400000</v>
       </c>
       <c r="AC25" s="11">
-        <v>45000</v>
-[...2 lines deleted...]
-        <v>45000</v>
+        <v>350000</v>
+      </c>
+      <c r="AD25" s="11">
+        <v>350000</v>
       </c>
       <c r="AE25" s="11">
-        <v>45000</v>
-[...5 lines deleted...]
-      <c r="AH25" s="99"/>
+        <v>350000</v>
+      </c>
+      <c r="AF25" s="11">
+        <v>350000</v>
+      </c>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
-        <v>43747.976656079663</v>
+        <v>34998.381324863731</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
-        <v>43747.976656079663</v>
+        <v>34998.381324863731</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
-        <v>43747.976656079663</v>
+        <v>174991.90662431865</v>
       </c>
       <c r="L27" s="7">
         <f t="shared" si="20"/>
-        <v>43747.976656079663</v>
+        <v>174991.90662431865</v>
       </c>
       <c r="M27" s="6">
         <f t="shared" si="20"/>
-        <v>43747.976656079663</v>
+        <v>524975.71987295593</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
-        <v>43747.976656079663</v>
+        <v>524975.71987295593</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
-        <v>78746.357980943387</v>
+        <v>524975.71987295593</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
-        <v>78746.357980943387</v>
+        <v>524975.71987295593</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
-        <v>509485.17381071125</v>
+        <v>955714.53570272378</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
-        <v>78746.357980943387</v>
+        <v>524975.71987295593</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>509485.17381071125</v>
+        <v>1043210.4890148832</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>121597.38678752776</v>
+        <v>655322.70199169964</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>644529.17552563199</v>
+        <v>1178254.4907298037</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>97424.994094023161</v>
+        <v>631150.30929819506</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>626506.75906239345</v>
+        <v>1160232.0742665653</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>613127.89283495641</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>500416.21824990597</v>
+        <v>1034141.5334540778</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>613127.89283495641</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>700623.84614711581</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>700623.84614711581</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>613127.89283495641</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>79402.577630784581</v>
+        <v>613127.89283495641</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>78746.357980943387</v>
+        <v>612471.67318511521</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
-        <v>78746.357980943387</v>
+        <v>612471.67318511521</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>4142079.9969668058</v>
+        <v>14781587.919725381</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="64">
         <f>I27/(15*86400)</f>
-        <v>3.3756154827221961E-2</v>
+        <v>2.700492386177757E-2</v>
       </c>
       <c r="J28" s="40">
         <f>J27/(15*86400)</f>
-        <v>3.3756154827221961E-2</v>
+        <v>2.700492386177757E-2</v>
       </c>
       <c r="K28" s="64">
         <f t="shared" ref="K28:AF28" si="21">K27/(15*86400)</f>
-        <v>3.3756154827221961E-2</v>
+        <v>0.13502461930888784</v>
       </c>
       <c r="L28" s="40">
         <f t="shared" si="21"/>
-        <v>3.3756154827221961E-2</v>
+        <v>0.13502461930888784</v>
       </c>
       <c r="M28" s="64">
         <f t="shared" si="21"/>
-        <v>3.3756154827221961E-2</v>
+        <v>0.40507385792666351</v>
       </c>
       <c r="N28" s="40">
         <f t="shared" si="21"/>
-        <v>3.3756154827221961E-2</v>
+        <v>0.40507385792666351</v>
       </c>
       <c r="O28" s="64">
         <f t="shared" si="21"/>
-        <v>6.0761078688999527E-2</v>
+        <v>0.40507385792666351</v>
       </c>
       <c r="P28" s="40">
         <f t="shared" si="21"/>
-        <v>6.0761078688999527E-2</v>
+        <v>0.40507385792666351</v>
       </c>
       <c r="Q28" s="64">
         <f t="shared" si="21"/>
-        <v>0.39312127608851177</v>
+        <v>0.73743405532617579</v>
       </c>
       <c r="R28" s="40">
         <f t="shared" si="21"/>
-        <v>6.0761078688999527E-2</v>
+        <v>0.40507385792666351</v>
       </c>
       <c r="S28" s="64">
         <f t="shared" si="21"/>
-        <v>0.39312127608851177</v>
+        <v>0.80494636498061978</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="21"/>
-        <v>9.382514412617883E-2</v>
+        <v>0.50565023301828671</v>
       </c>
       <c r="U28" s="64">
         <f t="shared" si="21"/>
-        <v>0.4973218946957037</v>
+        <v>0.90914698358781143</v>
       </c>
       <c r="V28" s="40">
         <f t="shared" si="21"/>
-        <v>7.5173606554030215E-2</v>
+        <v>0.48699869544613816</v>
       </c>
       <c r="W28" s="64">
         <f t="shared" si="21"/>
-        <v>0.48341570915308135</v>
+        <v>0.8952407980451893</v>
       </c>
       <c r="X28" s="40">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.47309250990351576</v>
       </c>
       <c r="Y28" s="64">
         <f t="shared" si="21"/>
-        <v>0.38612362519282867</v>
+        <v>0.79794871408493662</v>
       </c>
       <c r="Z28" s="40">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.47309250990351576</v>
       </c>
       <c r="AA28" s="64">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.54060481955795969</v>
       </c>
       <c r="AB28" s="40">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.54060481955795969</v>
       </c>
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.47309250990351576</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
-        <v>6.1267421011407856E-2</v>
+        <v>0.47309250990351576</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
-        <v>6.0761078688999527E-2</v>
+        <v>0.47258616758110744</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
-        <v>6.0761078688999527E-2</v>
+        <v>0.47258616758110744</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="31" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C651C6CF-9DBF-48D8-9689-35DE748D5C56}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12.7109375" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>56</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -24688,80 +24643,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -25423,136 +25378,136 @@
       </c>
       <c r="Y24" s="11">
         <v>125</v>
       </c>
       <c r="Z24" s="11">
         <v>125</v>
       </c>
       <c r="AA24" s="11">
         <v>125</v>
       </c>
       <c r="AB24" s="11">
         <v>125</v>
       </c>
       <c r="AC24" s="11">
         <v>125</v>
       </c>
       <c r="AD24" s="11">
         <v>125</v>
       </c>
       <c r="AE24" s="11">
         <v>125</v>
       </c>
       <c r="AF24" s="11">
         <v>125</v>
       </c>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -25745,319 +25700,319 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>1.6878077413610981E-4</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>1.6878077413610981E-4</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>1.6878077413610981E-4</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>1.6878077413610981E-4</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DFBDA0E-43D2-4EDF-81B4-EA68439D48CA}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12.28515625" style="1" customWidth="1"/>
     <col min="9" max="12" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="13.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="10.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="34" max="34" width="16.5703125" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -26922,80 +26877,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>2.56</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>3612.1600000000003</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -27629,136 +27584,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -27951,317 +27906,317 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D671D0B3-B0AF-47C6-9A2A-46680C094B51}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="12.28515625" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="11.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>58</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -29124,80 +29079,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -29831,136 +29786,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -30153,320 +30108,320 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE127429-6F6F-4561-B885-A6EBA8F58E17}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="S24" sqref="S24:AF24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.140625" style="1" customWidth="1"/>
     <col min="4" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="28" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="29" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>59</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -31327,80 +31282,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -31416,111 +31371,111 @@
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="N18" s="59">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="O18" s="59">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="P18" s="59">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="Q18" s="59">
         <f t="shared" si="7"/>
         <v>13007.86</v>
       </c>
       <c r="R18" s="59">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
       <c r="S18" s="59">
         <f t="shared" si="7"/>
-        <v>14750.36</v>
+        <v>13007.86</v>
       </c>
       <c r="T18" s="59">
         <f t="shared" si="7"/>
-        <v>1742.5</v>
+        <v>0</v>
       </c>
       <c r="U18" s="59">
         <f t="shared" si="7"/>
-        <v>14750.36</v>
+        <v>13007.86</v>
       </c>
       <c r="V18" s="59">
         <f t="shared" si="7"/>
-        <v>1742.5</v>
+        <v>0</v>
       </c>
       <c r="W18" s="59">
         <f t="shared" si="7"/>
-        <v>14750.36</v>
+        <v>13007.86</v>
       </c>
       <c r="X18" s="59">
         <f t="shared" si="7"/>
-        <v>1742.5</v>
+        <v>0</v>
       </c>
       <c r="Y18" s="59">
         <f t="shared" si="7"/>
-        <v>26990.11</v>
+        <v>10599.61</v>
       </c>
       <c r="Z18" s="59">
         <f t="shared" si="7"/>
-        <v>16390.5</v>
+        <v>0</v>
       </c>
       <c r="AA18" s="59">
         <f t="shared" si="7"/>
-        <v>38143</v>
+        <v>0</v>
       </c>
       <c r="AB18" s="59">
         <f t="shared" si="7"/>
-        <v>38143</v>
+        <v>0</v>
       </c>
       <c r="AC18" s="59">
         <f t="shared" si="7"/>
-        <v>1742</v>
+        <v>0</v>
       </c>
       <c r="AD18" s="59">
         <f t="shared" si="7"/>
-        <v>1742</v>
+        <v>0</v>
       </c>
       <c r="AE18" s="59">
         <f t="shared" si="7"/>
-        <v>1742</v>
+        <v>0</v>
       </c>
       <c r="AF18" s="59">
         <f t="shared" si="7"/>
-        <v>1742</v>
+        <v>0</v>
       </c>
       <c r="AG18" s="59">
         <f>AG7+AG8+AG9+AG10+AG11+AG12+AG13+AG14+AG15+AG16</f>
         <v>50.349999999999994</v>
       </c>
       <c r="AH18" s="58">
         <f>I18+J18+K18+L18+M18+N18+O18+P18+Q18+R18+S18+T18+U18+V18+W18+X18+Y18+Z18+AA18+AB18+AC18+AD18+AE18+AF18</f>
-        <v>189121.05</v>
+        <v>62631.05</v>
       </c>
     </row>
     <row r="19" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
       <c r="E19" s="22"/>
       <c r="F19" s="22"/>
       <c r="G19" s="22"/>
       <c r="H19" s="22"/>
       <c r="I19" s="13">
         <v>0.9</v>
       </c>
       <c r="J19" s="14">
         <f>I19</f>
         <v>0.9</v>
       </c>
       <c r="K19" s="13">
         <v>0.9</v>
@@ -32020,178 +31975,150 @@
     </row>
     <row r="24" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="30">
         <f t="shared" si="4"/>
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="22"/>
       <c r="D24" s="22"/>
       <c r="E24" s="22"/>
       <c r="F24" s="22"/>
       <c r="G24" s="22"/>
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
-      <c r="S24" s="11">
-[...41 lines deleted...]
-      <c r="AG24" s="96" t="s">
+      <c r="S24" s="11"/>
+      <c r="T24" s="11"/>
+      <c r="U24" s="11"/>
+      <c r="V24" s="11"/>
+      <c r="W24" s="11"/>
+      <c r="X24" s="11"/>
+      <c r="Y24" s="11"/>
+      <c r="Z24" s="11"/>
+      <c r="AA24" s="11"/>
+      <c r="AB24" s="11"/>
+      <c r="AC24" s="11"/>
+      <c r="AD24" s="11"/>
+      <c r="AE24" s="11"/>
+      <c r="AF24" s="11"/>
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -32205,108 +32132,108 @@
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="O27" s="6">
         <f>O18/O23</f>
         <v>0</v>
       </c>
       <c r="P27" s="7">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="Q27" s="6">
         <f t="shared" si="20"/>
         <v>22762.702225022098</v>
       </c>
       <c r="R27" s="7">
         <f t="shared" si="20"/>
         <v>0</v>
       </c>
       <c r="S27" s="6">
         <f t="shared" si="20"/>
-        <v>25811.93619795085</v>
+        <v>22762.702225022098</v>
       </c>
       <c r="T27" s="7">
         <f t="shared" si="20"/>
-        <v>3049.2339729287523</v>
+        <v>0</v>
       </c>
       <c r="U27" s="6">
         <f t="shared" si="20"/>
-        <v>25811.93619795085</v>
+        <v>22762.702225022098</v>
       </c>
       <c r="V27" s="7">
         <f t="shared" si="20"/>
-        <v>3049.2339729287523</v>
+        <v>0</v>
       </c>
       <c r="W27" s="6">
         <f t="shared" si="20"/>
-        <v>25811.93619795085</v>
+        <v>22762.702225022098</v>
       </c>
       <c r="X27" s="7">
         <f t="shared" si="20"/>
-        <v>3049.2339729287523</v>
+        <v>0</v>
       </c>
       <c r="Y27" s="6">
         <f t="shared" si="20"/>
-        <v>47230.50808900089</v>
+        <v>18548.459633741943</v>
       </c>
       <c r="Z27" s="7">
         <f t="shared" si="20"/>
-        <v>28682.048455258948</v>
+        <v>0</v>
       </c>
       <c r="AA27" s="6">
         <f t="shared" si="20"/>
-        <v>66747.162943713862</v>
+        <v>0</v>
       </c>
       <c r="AB27" s="7">
         <f t="shared" si="20"/>
-        <v>66747.162943713862</v>
+        <v>0</v>
       </c>
       <c r="AC27" s="6">
         <f t="shared" si="20"/>
-        <v>3048.3590133956309</v>
+        <v>0</v>
       </c>
       <c r="AD27" s="7">
         <f t="shared" si="20"/>
-        <v>3048.3590133956309</v>
+        <v>0</v>
       </c>
       <c r="AE27" s="6">
         <f t="shared" si="20"/>
-        <v>3048.3590133956309</v>
+        <v>0</v>
       </c>
       <c r="AF27" s="7">
         <f>AF18/AF23</f>
-        <v>3048.3590133956309</v>
+        <v>0</v>
       </c>
       <c r="AG27" s="6"/>
       <c r="AH27" s="7">
         <f>I27+J27+K27+L27+M27+N27+O27+P27+Q27+R27+S27+T27+U27+V27+W27+X27+Y27+Z27+AA27+AB27+AC27+AD27+AE27+AF27</f>
-        <v>330946.53122293093</v>
+        <v>109599.26853383033</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="30">
         <f t="shared" si="4"/>
         <v>22</v>
       </c>
       <c r="B28" s="29" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23"/>
       <c r="H28" s="23"/>
       <c r="I28" s="64">
         <f>I27/(15*86400)</f>
         <v>0</v>
       </c>
       <c r="J28" s="40">
         <f>J27/(15*86400)</f>
         <v>0</v>
       </c>
       <c r="K28" s="64">
@@ -32321,380 +32248,380 @@
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="N28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="O28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="P28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="Q28" s="64">
         <f t="shared" si="21"/>
         <v>1.7563813445233101E-2</v>
       </c>
       <c r="R28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="S28" s="64">
         <f t="shared" si="21"/>
-        <v>1.991661743669047E-2</v>
+        <v>1.7563813445233101E-2</v>
       </c>
       <c r="T28" s="40">
         <f t="shared" si="21"/>
-        <v>2.3528039914573707E-3</v>
+        <v>0</v>
       </c>
       <c r="U28" s="64">
         <f t="shared" si="21"/>
-        <v>1.991661743669047E-2</v>
+        <v>1.7563813445233101E-2</v>
       </c>
       <c r="V28" s="40">
         <f t="shared" si="21"/>
-        <v>2.3528039914573707E-3</v>
+        <v>0</v>
       </c>
       <c r="W28" s="64">
         <f t="shared" si="21"/>
-        <v>1.991661743669047E-2</v>
+        <v>1.7563813445233101E-2</v>
       </c>
       <c r="X28" s="40">
         <f t="shared" si="21"/>
-        <v>2.3528039914573707E-3</v>
+        <v>0</v>
       </c>
       <c r="Y28" s="64">
         <f t="shared" si="21"/>
-        <v>3.6443293278550067E-2</v>
+        <v>1.4312083050726808E-2</v>
       </c>
       <c r="Z28" s="40">
         <f t="shared" si="21"/>
-        <v>2.2131210227823262E-2</v>
+        <v>0</v>
       </c>
       <c r="AA28" s="64">
         <f t="shared" si="21"/>
-        <v>5.1502440542989088E-2</v>
+        <v>0</v>
       </c>
       <c r="AB28" s="40">
         <f t="shared" si="21"/>
-        <v>5.1502440542989088E-2</v>
+        <v>0</v>
       </c>
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
-        <v>2.3521288683608262E-3</v>
+        <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
-        <v>2.3521288683608262E-3</v>
+        <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
-        <v>2.3521288683608262E-3</v>
+        <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
-        <v>2.3521288683608262E-3</v>
+        <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18674F90-F06F-4B51-AAF9-D363E29FBE31}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:AH2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="21" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="15.7109375" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>60</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -33553,80 +33480,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -34260,136 +34187,136 @@
       <c r="H24" s="22"/>
       <c r="I24" s="11"/>
       <c r="J24" s="12"/>
       <c r="K24" s="11"/>
       <c r="L24" s="12"/>
       <c r="M24" s="11"/>
       <c r="N24" s="12"/>
       <c r="O24" s="11"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="12"/>
       <c r="S24" s="11"/>
       <c r="T24" s="12"/>
       <c r="U24" s="11"/>
       <c r="V24" s="12"/>
       <c r="W24" s="11"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="11"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="11"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="11"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="11"/>
       <c r="AF24" s="12"/>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11"/>
       <c r="J25" s="12"/>
       <c r="K25" s="11"/>
       <c r="L25" s="12"/>
       <c r="M25" s="11"/>
       <c r="N25" s="12"/>
       <c r="O25" s="11"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="12"/>
       <c r="S25" s="11"/>
       <c r="T25" s="12"/>
       <c r="U25" s="11"/>
       <c r="V25" s="12"/>
       <c r="W25" s="11"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="11"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="11"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="11"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="11"/>
       <c r="AF25" s="12"/>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -34582,322 +34509,322 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>0</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="34" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{742EEC92-E2EA-4EE6-B2E3-58C2057A9EB7}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH34"/>
   <sheetViews>
     <sheetView zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:AH2"/>
+      <selection activeCell="L25" sqref="L25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="5" width="9.140625" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" style="1" customWidth="1"/>
     <col min="9" max="12" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="16" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="14.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="13" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="32" width="11.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="11.28515625" style="3" customWidth="1"/>
     <col min="34" max="34" width="14" style="3" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="87" t="s">
         <v>61</v>
       </c>
-      <c r="B1" s="78"/>
-[...31 lines deleted...]
-      <c r="AH1" s="79"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="88"/>
+      <c r="J1" s="88"/>
+      <c r="K1" s="88"/>
+      <c r="L1" s="88"/>
+      <c r="M1" s="88"/>
+      <c r="N1" s="88"/>
+      <c r="O1" s="88"/>
+      <c r="P1" s="88"/>
+      <c r="Q1" s="88"/>
+      <c r="R1" s="88"/>
+      <c r="S1" s="88"/>
+      <c r="T1" s="88"/>
+      <c r="U1" s="88"/>
+      <c r="V1" s="88"/>
+      <c r="W1" s="88"/>
+      <c r="X1" s="88"/>
+      <c r="Y1" s="88"/>
+      <c r="Z1" s="88"/>
+      <c r="AA1" s="88"/>
+      <c r="AB1" s="88"/>
+      <c r="AC1" s="88"/>
+      <c r="AD1" s="88"/>
+      <c r="AE1" s="88"/>
+      <c r="AF1" s="88"/>
+      <c r="AG1" s="88"/>
+      <c r="AH1" s="89"/>
     </row>
     <row r="2" spans="1:34" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="80" t="s">
-[...34 lines deleted...]
-      <c r="AH2" s="82"/>
+      <c r="A2" s="90" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="91"/>
+      <c r="H2" s="91"/>
+      <c r="I2" s="91"/>
+      <c r="J2" s="91"/>
+      <c r="K2" s="91"/>
+      <c r="L2" s="91"/>
+      <c r="M2" s="91"/>
+      <c r="N2" s="91"/>
+      <c r="O2" s="91"/>
+      <c r="P2" s="91"/>
+      <c r="Q2" s="91"/>
+      <c r="R2" s="91"/>
+      <c r="S2" s="91"/>
+      <c r="T2" s="91"/>
+      <c r="U2" s="91"/>
+      <c r="V2" s="91"/>
+      <c r="W2" s="91"/>
+      <c r="X2" s="91"/>
+      <c r="Y2" s="91"/>
+      <c r="Z2" s="91"/>
+      <c r="AA2" s="91"/>
+      <c r="AB2" s="91"/>
+      <c r="AC2" s="91"/>
+      <c r="AD2" s="91"/>
+      <c r="AE2" s="91"/>
+      <c r="AF2" s="91"/>
+      <c r="AG2" s="91"/>
+      <c r="AH2" s="92"/>
     </row>
     <row r="3" spans="1:34" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="83" t="s">
+      <c r="A3" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="84"/>
-[...31 lines deleted...]
-      <c r="AH3" s="85"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
+      <c r="AA3" s="94"/>
+      <c r="AB3" s="94"/>
+      <c r="AC3" s="94"/>
+      <c r="AD3" s="94"/>
+      <c r="AE3" s="94"/>
+      <c r="AF3" s="94"/>
+      <c r="AG3" s="94"/>
+      <c r="AH3" s="95"/>
     </row>
     <row r="4" spans="1:34" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="86" t="s">
+      <c r="A4" s="96" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="88" t="s">
+      <c r="B4" s="98" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="88" t="s">
+      <c r="C4" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="90" t="s">
+      <c r="D4" s="100" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="90" t="s">
+      <c r="E4" s="100" t="s">
         <v>27</v>
       </c>
-      <c r="F4" s="90" t="s">
+      <c r="F4" s="100" t="s">
         <v>28</v>
       </c>
-      <c r="G4" s="90" t="s">
+      <c r="G4" s="100" t="s">
         <v>29</v>
       </c>
-      <c r="H4" s="90" t="s">
+      <c r="H4" s="100" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="92" t="s">
+      <c r="I4" s="78" t="s">
         <v>42</v>
       </c>
-      <c r="J4" s="93"/>
-      <c r="K4" s="92" t="s">
+      <c r="J4" s="79"/>
+      <c r="K4" s="78" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="93"/>
-      <c r="M4" s="92" t="s">
+      <c r="L4" s="79"/>
+      <c r="M4" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="N4" s="93"/>
-      <c r="O4" s="92" t="s">
+      <c r="N4" s="79"/>
+      <c r="O4" s="78" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="93"/>
-      <c r="Q4" s="94" t="s">
+      <c r="P4" s="79"/>
+      <c r="Q4" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="95"/>
-      <c r="S4" s="94" t="s">
+      <c r="R4" s="77"/>
+      <c r="S4" s="76" t="s">
         <v>7</v>
       </c>
-      <c r="T4" s="95"/>
-      <c r="U4" s="94" t="s">
+      <c r="T4" s="77"/>
+      <c r="U4" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="V4" s="95"/>
-      <c r="W4" s="94" t="s">
+      <c r="V4" s="77"/>
+      <c r="W4" s="76" t="s">
         <v>9</v>
       </c>
-      <c r="X4" s="95"/>
-      <c r="Y4" s="94" t="s">
+      <c r="X4" s="77"/>
+      <c r="Y4" s="76" t="s">
         <v>10</v>
       </c>
-      <c r="Z4" s="95"/>
-      <c r="AA4" s="94" t="s">
+      <c r="Z4" s="77"/>
+      <c r="AA4" s="76" t="s">
         <v>11</v>
       </c>
-      <c r="AB4" s="95"/>
-      <c r="AC4" s="94" t="s">
+      <c r="AB4" s="77"/>
+      <c r="AC4" s="76" t="s">
         <v>40</v>
       </c>
-      <c r="AD4" s="95"/>
-      <c r="AE4" s="94" t="s">
+      <c r="AD4" s="77"/>
+      <c r="AE4" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="AF4" s="95"/>
-      <c r="AG4" s="75" t="s">
+      <c r="AF4" s="77"/>
+      <c r="AG4" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="AH4" s="76"/>
+      <c r="AH4" s="86"/>
     </row>
     <row r="5" spans="1:34" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="87"/>
-[...6 lines deleted...]
-      <c r="H5" s="91"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="99"/>
+      <c r="C5" s="99"/>
+      <c r="D5" s="99"/>
+      <c r="E5" s="99"/>
+      <c r="F5" s="101"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="101"/>
       <c r="I5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="J5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="K5" s="26" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="27" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="N5" s="25" t="s">
         <v>14</v>
       </c>
       <c r="O5" s="24" t="s">
         <v>13</v>
       </c>
       <c r="P5" s="25" t="s">
         <v>15</v>
       </c>
       <c r="Q5" s="24" t="s">
@@ -35756,80 +35683,80 @@
       <c r="AE16" s="45"/>
       <c r="AF16" s="46"/>
       <c r="AG16" s="61">
         <f>F16*H16</f>
         <v>0</v>
       </c>
       <c r="AH16" s="57">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="B17" s="31" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="22"/>
       <c r="G17" s="22"/>
       <c r="H17" s="68"/>
-      <c r="I17" s="70" t="s">
+      <c r="I17" s="80" t="s">
         <v>47</v>
       </c>
-      <c r="J17" s="71"/>
-[...6 lines deleted...]
-      <c r="Q17" s="74" t="s">
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="81"/>
+      <c r="O17" s="81"/>
+      <c r="P17" s="81"/>
+      <c r="Q17" s="84" t="s">
         <v>48</v>
       </c>
-      <c r="R17" s="74"/>
-[...7 lines deleted...]
-      <c r="Z17" s="72" t="s">
+      <c r="R17" s="84"/>
+      <c r="S17" s="84"/>
+      <c r="T17" s="84"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84"/>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84"/>
+      <c r="Y17" s="84"/>
+      <c r="Z17" s="82" t="s">
         <v>47</v>
       </c>
-      <c r="AA17" s="72"/>
-[...4 lines deleted...]
-      <c r="AF17" s="73"/>
+      <c r="AA17" s="82"/>
+      <c r="AB17" s="82"/>
+      <c r="AC17" s="82"/>
+      <c r="AD17" s="82"/>
+      <c r="AE17" s="82"/>
+      <c r="AF17" s="83"/>
       <c r="AG17" s="66"/>
       <c r="AH17" s="67"/>
     </row>
     <row r="18" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="B18" s="65" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="20"/>
       <c r="D18" s="20"/>
       <c r="E18" s="20"/>
       <c r="F18" s="20"/>
       <c r="G18" s="20"/>
       <c r="H18" s="53"/>
       <c r="I18" s="59">
         <f>I7+I8+I9+I10+I11+I12+I13+I14+I15+I16+I24+I25+I26</f>
         <v>0</v>
       </c>
       <c r="J18" s="59">
         <f t="shared" ref="J18:AF18" si="7">J7+J8+J9+J10+J11+J12+J13+J14+J15+J16+J24+J25+J26</f>
         <v>0</v>
       </c>
@@ -36491,54 +36418,54 @@
       </c>
       <c r="Y24" s="11">
         <v>826</v>
       </c>
       <c r="Z24" s="11">
         <v>826</v>
       </c>
       <c r="AA24" s="11">
         <v>1901.5</v>
       </c>
       <c r="AB24" s="11">
         <v>1901.5</v>
       </c>
       <c r="AC24" s="11">
         <v>20555</v>
       </c>
       <c r="AD24" s="12">
         <v>20555</v>
       </c>
       <c r="AE24" s="11">
         <v>826</v>
       </c>
       <c r="AF24" s="11">
         <v>826</v>
       </c>
-      <c r="AG24" s="96" t="s">
+      <c r="AG24" s="70" t="s">
         <v>52</v>
       </c>
-      <c r="AH24" s="97"/>
+      <c r="AH24" s="71"/>
     </row>
     <row r="25" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="30">
         <f t="shared" si="4"/>
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="22"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="22"/>
       <c r="G25" s="22"/>
       <c r="H25" s="22"/>
       <c r="I25" s="11">
         <v>0</v>
       </c>
       <c r="J25" s="12">
         <v>0</v>
       </c>
       <c r="K25" s="11">
         <v>0</v>
       </c>
       <c r="L25" s="12">
@@ -36582,93 +36509,93 @@
       </c>
       <c r="Y25" s="11">
         <v>188.5</v>
       </c>
       <c r="Z25" s="12">
         <v>188.5</v>
       </c>
       <c r="AA25" s="11">
         <v>188.5</v>
       </c>
       <c r="AB25" s="12">
         <v>188.5</v>
       </c>
       <c r="AC25" s="11">
         <v>0</v>
       </c>
       <c r="AD25" s="12">
         <v>0</v>
       </c>
       <c r="AE25" s="11">
         <v>0</v>
       </c>
       <c r="AF25" s="12">
         <v>0</v>
       </c>
-      <c r="AG25" s="98"/>
-      <c r="AH25" s="99"/>
+      <c r="AG25" s="72"/>
+      <c r="AH25" s="73"/>
     </row>
     <row r="26" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="30">
         <f t="shared" si="4"/>
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="22"/>
       <c r="D26" s="22"/>
       <c r="E26" s="22"/>
       <c r="F26" s="22"/>
       <c r="G26" s="22"/>
       <c r="H26" s="22"/>
       <c r="I26" s="11"/>
       <c r="J26" s="12"/>
       <c r="K26" s="11"/>
       <c r="L26" s="12"/>
       <c r="M26" s="11"/>
       <c r="N26" s="12"/>
       <c r="O26" s="11"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="11"/>
       <c r="R26" s="12"/>
       <c r="S26" s="11"/>
       <c r="T26" s="12"/>
       <c r="U26" s="11"/>
       <c r="V26" s="12"/>
       <c r="W26" s="11"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="11"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="11"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="11"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="11"/>
       <c r="AF26" s="12"/>
-      <c r="AG26" s="100"/>
-      <c r="AH26" s="101"/>
+      <c r="AG26" s="74"/>
+      <c r="AH26" s="75"/>
     </row>
     <row r="27" spans="1:34" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="30">
         <f t="shared" si="4"/>
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="22"/>
       <c r="D27" s="22"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="6">
         <f>I18/I23</f>
         <v>0</v>
       </c>
       <c r="J27" s="7">
         <f>J18/J23</f>
         <v>0</v>
       </c>
       <c r="K27" s="6">
         <f t="shared" ref="K27:AE27" si="20">K18/K23</f>
@@ -36861,78 +36788,78 @@
       <c r="AC28" s="64">
         <f t="shared" si="21"/>
         <v>2.7754310498941896E-2</v>
       </c>
       <c r="AD28" s="40">
         <f t="shared" si="21"/>
         <v>2.7754310498941896E-2</v>
       </c>
       <c r="AE28" s="64">
         <f t="shared" si="21"/>
         <v>1.1153033554914136E-3</v>
       </c>
       <c r="AF28" s="40">
         <f t="shared" si="21"/>
         <v>1.1153033554914136E-3</v>
       </c>
       <c r="AG28" s="64"/>
       <c r="AH28" s="40"/>
     </row>
     <row r="33" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="34" spans="7:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="G34" s="42"/>
     </row>
   </sheetData>
   <mergeCells count="28">
+    <mergeCell ref="A1:AH1"/>
+    <mergeCell ref="A2:AH2"/>
+    <mergeCell ref="A3:AH3"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="D4:D5"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="G4:G5"/>
+    <mergeCell ref="H4:H5"/>
+    <mergeCell ref="I4:J4"/>
     <mergeCell ref="AG24:AH26"/>
     <mergeCell ref="K4:L4"/>
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="U4:V4"/>
     <mergeCell ref="W4:X4"/>
     <mergeCell ref="Y4:Z4"/>
     <mergeCell ref="AA4:AB4"/>
     <mergeCell ref="AC4:AD4"/>
     <mergeCell ref="I17:P17"/>
     <mergeCell ref="Q17:Y17"/>
     <mergeCell ref="Z17:AF17"/>
     <mergeCell ref="Q4:R4"/>
-    <mergeCell ref="A1:AH1"/>
-[...10 lines deleted...]
-    <mergeCell ref="I4:J4"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>